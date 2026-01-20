--- v0 (2025-10-07)
+++ v1 (2026-01-20)
@@ -12,84 +12,96 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GBNV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="11">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Known vector</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Meena RL, Ramasubramanian T, Venkatesan S and Mohankumar S (2005) Molecular characterization of Tospovirus transmitting thrips populations from India. American Journal of Biochemistry and Biotechnology, 1, 167–172.</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Jones DR (2005) Plant viruses transmitted by thrips. European Journal of Plant Pathology 113(2), 119-157.
 * Lakshmi KV, Wightman JA, Reddy DV, Rao GV, Buiel AA, Reddy DD (1995) Transmission of peanut bud necrosis virus by Thrips palmi in India. In Thrips biology and management, pp. 179-184. Springer, Boston, MA.</t>
+  </si>
+  <si>
+    <t>Potential vector</t>
+  </si>
+  <si>
+    <t>THRIPV</t>
+  </si>
+  <si>
+    <t>Thrips parvispinus</t>
+  </si>
+  <si>
+    <t>* Sharanya R, Gayathri M, Renukadevi P, Saranya N, Suganthy M, Varanavasiappan S, Nakkeeran S (2025) First record of the transmission of groundnut bud necrosis virus (GBNV) in tomato by Southeast Asian thrips, Thrips parvispinus. 3 Biotech 15(12): 426.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -393,104 +405,118 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D3"/>
+  <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="255.938" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="298.356" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
+      </c>
+    </row>
+    <row r="4" spans="1:4">
+      <c r="A4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B4" t="s">
+        <v>12</v>
+      </c>
+      <c r="C4" t="s">
+        <v>13</v>
+      </c>
+      <c r="D4" t="s">
+        <v>14</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">