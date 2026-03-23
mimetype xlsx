--- v1 (2026-01-20)
+++ v2 (2026-03-23)
@@ -12,65 +12,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="GBNV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="21">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Known vector</t>
+  </si>
+  <si>
+    <t>FRANSC</t>
+  </si>
+  <si>
+    <t>Frankliniella schultzei</t>
+  </si>
+  <si>
+    <t>* Rabeena I, Chinnaiah C, Karthikeyan G, Usharani T R, Balakrishnan N, Kennedy J S, Rajabaskar D (2019) Incidence of Groundnut bud necrosis virus (Bunyaviridae: Tospovirus) and associated vector (Frankliniella schultzei trybom) in major tomato growing regions of Tamil Nadu and Karnataka. Pest Management in Horticultural Ecosystems. 25 (2), 233-240. http://www.aapmhe.in/index.php/pmhe/article/view/916</t>
+  </si>
+  <si>
+    <t>HAPLTE</t>
+  </si>
+  <si>
+    <t>Haplothrips tenuipennis</t>
+  </si>
+  <si>
+    <t>* Sridhar J, Kumari N, Raigond B, Venkateswarlu V, Bhatnagar A, Malik K, Sharma S, Nagesh M, Chakrabarti SK (2020) First report of Haplothrips tenuipennis Bagnall (Thysanoptera, Phlaeothripidae) on potato in north western hills of India. Potato Journal 47(1), 92-96.</t>
   </si>
   <si>
     <t>SCITDO</t>
   </si>
   <si>
     <t>Scirtothrips dorsalis</t>
   </si>
   <si>
     <t>* Meena RL, Ramasubramanian T, Venkatesan S and Mohankumar S (2005) Molecular characterization of Tospovirus transmitting thrips populations from India. American Journal of Biochemistry and Biotechnology, 1, 167–172.</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Jones DR (2005) Plant viruses transmitted by thrips. European Journal of Plant Pathology 113(2), 119-157.
 * Lakshmi KV, Wightman JA, Reddy DV, Rao GV, Buiel AA, Reddy DD (1995) Transmission of peanut bud necrosis virus by Thrips palmi in India. In Thrips biology and management, pp. 179-184. Springer, Boston, MA.</t>
   </si>
   <si>
     <t>Potential vector</t>
   </si>
   <si>
     <t>THRIPV</t>
@@ -405,118 +423,146 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D4"/>
+  <dimension ref="A1:D6"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="298.356" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="476.455" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
+        <v>4</v>
+      </c>
+      <c r="B4" t="s">
         <v>11</v>
       </c>
-      <c r="B4" t="s">
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4" t="s">
+    </row>
+    <row r="5" spans="1:4">
+      <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
         <v>14</v>
+      </c>
+      <c r="C5" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4">
+      <c r="A6" t="s">
+        <v>17</v>
+      </c>
+      <c r="B6" t="s">
+        <v>18</v>
+      </c>
+      <c r="C6" t="s">
+        <v>19</v>
+      </c>
+      <c r="D6" t="s">
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">