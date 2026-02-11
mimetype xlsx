--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -293,51 +293,51 @@
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Transient</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Northern Russia</t>
   </si>
   <si>
     <t>nr</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>