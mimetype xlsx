--- v0 (2025-10-09)
+++ v1 (2026-02-20)
@@ -62,51 +62,51 @@
   <si>
     <t>AR</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Chile</t>
   </si>
   <si>
     <t>CL</t>
   </si>
   <si>
     <t>United States of America</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>Present, widespread</t>
   </si>
   <si>
     <t>Europe</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>New Zealand</t>
   </si>
   <si>
     <t>NZ</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>