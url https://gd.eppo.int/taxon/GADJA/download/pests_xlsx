--- v0 (2025-10-06)
+++ v1 (2025-12-08)
@@ -83,52 +83,55 @@
   <si>
     <t>Ceroplastes stellifer (as Gardenia)</t>
   </si>
   <si>
     <t>FRANOC</t>
   </si>
   <si>
     <t>Frankliniella occidentalis</t>
   </si>
   <si>
     <t>* Cao Y, Zhi J, Zhang R, Li C, Liu Y, Lv Z, Gao Y (2018) Different population performances of Frankliniella occidentalis and Thrips hawaiiensis on flowers of two horticultural plants. Journal of pest science 91(1), 79-91.</t>
   </si>
   <si>
     <t>LUPMXA</t>
   </si>
   <si>
     <t>Luperomorpha xanthodera (as Gardenia)</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
-    <t>* Lu XH, Solangi GS, Li DJ, Huang JL, Zhang Y, Liu ZM (2019) First report of root-knot nematode Meloidogyne enterolobii on Gardenia jasminoides in China. Plant Disease 103(6), p 1434.
-------- Confirmed host. Natural infestation found in a field in Hezhou city (Guangxi, China). Affected plants showed stunting and root knots. Inoculation trials confirmed the pathogenicty of M. enterolobii to G. jasminoides.</t>
+    <t xml:space="preserve">* de Oliveira EK, Gotardi GA, Mattiuz CF, Inomoto MM (2025) First report of guava root-knot nematode (Meloidogyne enterolobii) infecting gardenia in Brazil. Journal of Plant Diseases and Protection 132(6), 185.
+------- Confirmed host. Reproduction factor (Rf) was 3.46.
+* Lu XH, Solangi GS, Li DJ, Huang JL, Zhang Y, Liu ZM (2019) First report of root-knot nematode Meloidogyne enterolobii on Gardenia jasminoides in China. Plant Disease 103(6), p 1434.
+------- Confirmed host. Natural infestation found in a field in Hezhou city (Guangxi, China). Affected plants showed stunting and root knots. Inoculation trials confirmed the pathogenicty of M. enterolobii to G. jasminoides.
+</t>
   </si>
   <si>
     <t>OLIGPU</t>
   </si>
   <si>
     <t>Oligonychus punicae</t>
   </si>
   <si>
     <t>* Migeon A, Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae.  https://www1.montpellier.inrae.fr/CBGP/spmweb</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PRABMY</t>
   </si>
   <si>
     <t>Parabemisia myricae</t>