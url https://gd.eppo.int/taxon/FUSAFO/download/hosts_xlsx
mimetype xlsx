--- v0 (2025-10-04)
+++ v1 (2026-02-28)
@@ -12,99 +12,155 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FUSAFO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>BEGEH</t>
   </si>
   <si>
     <t>Begonia x hiemalis</t>
   </si>
   <si>
     <t>* Brand T,  Wienberg J (2005) Anfälligkeit verschiedener Begonien gegenüber Fusarium foetens. Gesunde Pflanzen 57, 27-29.
 * Elmer WH (2008) Preventing spread of Fusarium wilt of Hiemalis begonias in the greenhouse. Crop Protection 27, 1078-1083.
 * Huvenne H, Debode J, Maes M, Heungens K (2011) Real-time PCR mediated monitoring of Fusarium foetens in symptomatic and non-symptomatic hosts. European Journal of Plant Pathology 131, 705-717.
 * Schroers HJ, Baayen RP, Meffert JP, De Gruyter J, Hooftman M, O’Donnell K (2004) Fusarium foetens, a new species pathogenic to begonia elatior hybrids (Begonia× hiemalis) and the sister taxon of the Fusarium oxysporum species complex. Mycologia 96(2), 393-406.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ASQLI</t>
   </si>
   <si>
     <t>Aspalathus linearis</t>
   </si>
   <si>
     <t>* Lamprecht SC, Tewoldemedhin YT (2017) Fusarium species associated with damping-off of rooibos seedlings and the potential of compost as soil amendment for disease suppression. South African Journal of Botany 110, 110-117.</t>
   </si>
   <si>
+    <t>CIEAR</t>
+  </si>
+  <si>
+    <t>Cicer arietinum</t>
+  </si>
+  <si>
+    <t>* Ben Romdhane S, Weinmann M, Babalola OO, Mrabet M (2025) Distribution and pathogenicity of Cicer arietinum infecting fungi in Tunisian agricultural lands. Botany 103,1-13.</t>
+  </si>
+  <si>
+    <t>GOSHI</t>
+  </si>
+  <si>
+    <t>Gossypium hirsutum</t>
+  </si>
+  <si>
+    <t>* Xie Z, Li H, Gao C, Wang J, Zhang X, Lu B, Yang L, Zhang Y, Gao J (2025) Cross pathogenicity, host range and molecular characteristics of Fusarium oxysporum species complex populations isolated from tobacco in Jilin Province, China. Plant Pathology 74(1), 84-100.
+------- experimental host</t>
+  </si>
+  <si>
+    <t>SCHAR</t>
+  </si>
+  <si>
+    <t>Heptapleurum arboricola</t>
+  </si>
+  <si>
+    <t>* Imara DA, Ghebrial EW, EL-Abeid SE, Hussein EM, Elsayed MI, Yousef RS (2024) Reduction of oxidative damage caused by Fusarium falciforme and Fusarium foetens in schefflera plants using chitosan nanoparticles loaded with l-proline or indole butyric acid. Chemical and Biological Technologies in Agriculture 11(1), 167. https://doi.org/10.1186/s40538-024-00680-z</t>
+  </si>
+  <si>
     <t>LAVAN</t>
   </si>
   <si>
     <t>Lavandula angustifolia</t>
   </si>
   <si>
     <t xml:space="preserve">* Wei XJ, Jia BG, Wang X, Li NY, Wang SN, Li L, Zhang A, Zhang HT, Wang LP (2023) First report of Fusarium foetens causing root rot on lavender (Lavandula angustifolia) in China. Journal of Plant Pathology 105(3), 1173-1174.
 ----natural infection, koch's postulates confirmed </t>
+  </si>
+  <si>
+    <t>LONCO</t>
+  </si>
+  <si>
+    <t>Lonicera caerulea</t>
+  </si>
+  <si>
+    <t>* Qiao S, Wei D, Chen H, Yu J, Gong S, Niu Z, Zhou A, Qiao K, Wang J (2025) The defense response of honeyberry to root rot pathogens: evidence based on pathogen identification and host mechanism. Plants14(24), 3820. https://doi.org/10.3390/plants14243820</t>
+  </si>
+  <si>
+    <t>NIOTA</t>
+  </si>
+  <si>
+    <t>Nicotiana tabacum</t>
+  </si>
+  <si>
+    <t>* Xie Z, Li H, Gao C, Wang J, Zhang X, Lu B, Yang L, Zhang Y, Gao J (2025) Cross pathogenicity, host range and molecular characteristics of Fusarium oxysporum species complex populations isolated from tobacco in Jilin Province, China. Plant Pathology 74(1), 84-100.
+* Yi B, Ma J, Luo L, Ghani MI, Siddique JA, Tang X, Cernava T, Chen X (2025) First report of Fusarium foetens causing tobacco root and stem rots in Guizhou, China. Journal of Phytopathology 173, e70104.</t>
+  </si>
+  <si>
+    <t>SNRME</t>
+  </si>
+  <si>
+    <t>Selenicereus megalanthus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Masmela Mendoza JE, Lizarazo-Forero LM (2026) Caracterización de la comunidad de hongos fitopatógenos en cultivos de pitahaya amarilla (Selenicereus megalanthus) de Boyacá, Colombia. Acta Botanica Mexicana, (133). https://doi.org/10.21829/abm133.2026.2476 </t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t xml:space="preserve">* Kim NS, Hong SJ, Won HS, Kim BS, Gwon SH (2024) Identification and pathogenicity of species isolated from stored potato tubers showing symptoms of dry rot disease. Potato Research 67(4), 1797-1808.
 * Liu L, Jin X, Lu X, Guo L, Lu P, Yu H, Lv B (2023) Mechanisms of surfactin from Bacillus subtilis SF1 against Fusarium foetens: A novel pathogen inducing potato wilt. Journal of Fungi 9(3), 367.
 </t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>BEGLH</t>
   </si>
   <si>
     <t>Begonia cheimantha hybrids</t>
   </si>
   <si>
     <t>* Brand T, Wienberg J (2005) Anfälligkeit verschiedener Begonien gegenüber Fusarium foetens. Gesunde Pflanzen 57, 27-29.
 ------- When inoculated, cultivar ‘Kardinal’ showed symptoms.</t>
   </si>
@@ -114,80 +170,99 @@
   <si>
     <t>Begonia rex</t>
   </si>
   <si>
     <t>* Elmer WH (2008) Preventing spread of Fusarium wilt of Hiemalis begonias in the greenhouse. Crop Protection 27, 1078-1083.
 ------- When inoculated, cultivars ‘Hurricane Bay’ and ‘White Caps’ showed symptoms.</t>
   </si>
   <si>
     <t>BEGKH</t>
   </si>
   <si>
     <t>Begonia tuberhybrida hybrids</t>
   </si>
   <si>
     <t>* Brand T, Wienberg J (2005) Anfälligkeit verschiedener Begonien gegenüber Fusarium foetens. Gesunde Pflanzen 57, 27-29.
 ------- When inoculated, cultivar ‘Champagner’ showed symptoms.</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>* Amobonye A, Bhagwat P, Ranjith D, Mohanlall V, Pillai S (2021) Characterisation, pathogenicity and hydrolytic enzyme profiling of selected Fusarium species and their inhibition by novel coumarins. Archives of Microbiology 203, 3495-3508.
-------- When inoculated Capsicum annuum var. grossum and Capsicum annuum var. longum showed symptoms.</t>
+------- When inoculated Capsicum annuum var. grossum and Capsicum annuum var. longum showed symptoms.
+* Xie Z, Li H, Gao C, Wang J, Zhang X, Lu B, Yang L, Zhang Y, Gao J (2025) Cross pathogenicity, host range and molecular characteristics of Fusarium oxysporum species complex populations isolated from tobacco in Jilin Province, China. Plant Pathology 74(1), 84-100.
+------- experimental host</t>
+  </si>
+  <si>
+    <t>CITLA</t>
+  </si>
+  <si>
+    <t>Citrullus lanatus</t>
+  </si>
+  <si>
+    <t>* Xie Z, Li H, Gao C, Wang J, Zhang X, Lu B, Yang L, Zhang Y, Gao J (2025) Cross pathogenicity, host range and molecular characteristics of Fusarium oxysporum species complex populations isolated from tobacco in Jilin Province, China. Plant Pathology 74(1), 84-100.</t>
   </si>
   <si>
     <t>CYZPE</t>
   </si>
   <si>
     <t>Cyclamen persicum</t>
   </si>
   <si>
     <t>* Schroers H-J, Baayen RP, Meffert JP, de Gruyter J, Hooftman M, O’Donnell K (2004) Fusarium foetens, a new species pathogenic to begonia elatior hybrids (Begonia × hiemalis) and the sister taxon of the Fusarium oxysporum species complex. Mycologia 96, 393-406.</t>
   </si>
   <si>
     <t>LUPAN</t>
   </si>
   <si>
     <t>Lupinus angustifolius</t>
   </si>
   <si>
     <t>* Lamprecht SC, Tewoldemedhin YT (2017) Fusarium species associated with damping-off of rooibos seedlings and the potential of compost as soil amendment for disease suppression. South African Journal of Botany 110, 110-117.
 ------- When inoculated L. angustifolius plants showed symptoms.</t>
   </si>
   <si>
+    <t>PIBSX</t>
+  </si>
+  <si>
+    <t>Pisum sativum</t>
+  </si>
+  <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>* Amobonye A, Bhagwat P, Ranjith D, Mohanlall V, Pillai S (2021) Characterisation, pathogenicity and hydrolytic enzyme profiling of selected Fusarium species and their inhibition by novel coumarins. Archives of Microbiology 203, 3495-3508.
-------- When inoculated tomato plants showed symptoms.</t>
+------- When inoculated tomato plants showed symptoms.
+* Xie Z, Li H, Gao C, Wang J, Zhang X, Lu B, Yang L, Zhang Y, Gao J (2025) Cross pathogenicity, host range and molecular characteristics of Fusarium oxysporum species complex populations isolated from tobacco in Jilin Province, China. Plant Pathology 74(1), 84-100.
+------- experimental host</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>ZEAMX</t>
   </si>
   <si>
     <t>Zea mays</t>
   </si>
   <si>
     <t>* González-Jartín JM, Alfonso A, Sainz MJ, Vieytes MR, Aguín O, Ferreiroa V, Botana LM (2019) First report of Fusarium foetens as a mycotoxin producer. Mycotoxin Research 35, 177-186.
 -------- Isolated from kernels but asymptomatic. Host status would need to be further studied.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
@@ -504,62 +579,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D13"/>
+  <dimension ref="A1:D21"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="34.135" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="310.21" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="428.181" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -590,158 +665,270 @@
         <v>12</v>
       </c>
       <c r="C4" t="s">
         <v>13</v>
       </c>
       <c r="D4" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
+        <v>8</v>
+      </c>
+      <c r="B6" t="s">
         <v>18</v>
       </c>
-      <c r="B6" t="s">
+      <c r="C6" t="s">
         <v>19</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>21</v>
+      </c>
+      <c r="C7" t="s">
         <v>22</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>23</v>
-      </c>
-[...1 lines deleted...]
-        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" t="s">
         <v>25</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
+        <v>27</v>
+      </c>
+      <c r="C9" t="s">
         <v>28</v>
       </c>
-      <c r="C9" t="s">
+      <c r="D9" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" t="s">
         <v>31</v>
       </c>
-      <c r="C10" t="s">
+      <c r="D10" t="s">
         <v>32</v>
-      </c>
-[...1 lines deleted...]
-        <v>33</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
         <v>34</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>36</v>
       </c>
       <c r="B12" t="s">
         <v>37</v>
       </c>
       <c r="C12" t="s">
         <v>38</v>
       </c>
       <c r="D12" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
+        <v>36</v>
+      </c>
+      <c r="B13" t="s">
         <v>40</v>
       </c>
-      <c r="B13" t="s">
+      <c r="C13" t="s">
         <v>41</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>42</v>
       </c>
-      <c r="D13" t="s">
+    </row>
+    <row r="14" spans="1:4">
+      <c r="A14" t="s">
+        <v>36</v>
+      </c>
+      <c r="B14" t="s">
         <v>43</v>
+      </c>
+      <c r="C14" t="s">
+        <v>44</v>
+      </c>
+      <c r="D14" t="s">
+        <v>45</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>36</v>
+      </c>
+      <c r="B15" t="s">
+        <v>46</v>
+      </c>
+      <c r="C15" t="s">
+        <v>47</v>
+      </c>
+      <c r="D15" t="s">
+        <v>48</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
+        <v>49</v>
+      </c>
+      <c r="C16" t="s">
+        <v>50</v>
+      </c>
+      <c r="D16" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4">
+      <c r="A17" t="s">
+        <v>36</v>
+      </c>
+      <c r="B17" t="s">
+        <v>52</v>
+      </c>
+      <c r="C17" t="s">
+        <v>53</v>
+      </c>
+      <c r="D17" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4">
+      <c r="A18" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" t="s">
+        <v>55</v>
+      </c>
+      <c r="C18" t="s">
+        <v>56</v>
+      </c>
+      <c r="D18" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>36</v>
+      </c>
+      <c r="B19" t="s">
+        <v>58</v>
+      </c>
+      <c r="C19" t="s">
+        <v>59</v>
+      </c>
+      <c r="D19" t="s">
+        <v>51</v>
+      </c>
+    </row>
+    <row r="20" spans="1:4">
+      <c r="A20" t="s">
+        <v>36</v>
+      </c>
+      <c r="B20" t="s">
+        <v>60</v>
+      </c>
+      <c r="C20" t="s">
+        <v>61</v>
+      </c>
+      <c r="D20" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="21" spans="1:4">
+      <c r="A21" t="s">
+        <v>63</v>
+      </c>
+      <c r="B21" t="s">
+        <v>64</v>
+      </c>
+      <c r="C21" t="s">
+        <v>65</v>
+      </c>
+      <c r="D21" t="s">
+        <v>66</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">