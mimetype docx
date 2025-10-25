--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Nectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fusarium wilt of Hiemalis begonia</w:t>
             </w:r>
-            <w:hyperlink r:id="rId606868e095933caf5" w:history="1">
+            <w:hyperlink r:id="rId792168fd1d359ebc9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId786268e095933cb3c" w:history="1">
+            <w:hyperlink r:id="rId233268fd1d359ec13" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAFO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10243774" name="name342168e095933cf0c" descr="14999.jpg"/>
+                  <wp:docPr id="23428045" name="name342568fd1d359f2f1" descr="14999.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14999.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId113968e095933cf0a" cstate="print"/>
+                          <a:blip r:embed="rId254268fd1d359f2ef" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId344568e095933d058" w:history="1">
+            <w:hyperlink r:id="rId872168fd1d359f3ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1949,63 +1949,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2022) report, the isolates were identified using morphology only and no molecular confirmation was provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49577055" name="name857068e095933e746" descr="FUSAFO_distribution_map.jpg"/>
+            <wp:docPr id="26586750" name="name722068fd1d35a0aa6" descr="FUSAFO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAFO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId323468e095933e743" cstate="print"/>
+                    <a:blip r:embed="rId910468fd1d35a0aa3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal for Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700668e095933faa2" w:history="1">
+      <w:hyperlink r:id="rId228768fd1d35a2304" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.uokufa.edu.iq/index.php/ajb/article/view/8176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5087,51 +5087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Report of a Pest Risk Analysis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180568e095933fda6" w:history="1">
+      <w:hyperlink r:id="rId695268fd1d35a25f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5157,51 +5157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId129468e095933fe1d" w:history="1">
+      <w:hyperlink r:id="rId513468fd1d35a2669" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5345,51 +5345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hamelink R &amp; van Noort F (2009) Toetsing resistentie tegen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Begonia. Projectnummer 3242063500 Wageningen UR Glastuinbouw, Bleiswijk 458300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420668e095933ff51" w:history="1">
+      <w:hyperlink r:id="rId670368fd1d35a279b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wur.nl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7197,51 +7197,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–70.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wohanka W, Molitor HD &amp; Weichlein D (2005) Verhinderung der Krankheitsausbreitung bei Ebbe/Flutbewässerung mittels Wasserdesinfektion durch Chlordioxid. Bericht über die wissenschaftliche Betreuung des Forschungs- und Entwicklungsvorhabens im Agrarbereich für Umweltschutz (03UM002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371768e0959340b18" w:history="1">
+      <w:hyperlink r:id="rId240668fd1d35a33ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ble.de/03UM002_W.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId626568e0959340c40" w:history="1">
+      <w:hyperlink r:id="rId861068fd1d35a3520" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7433,63 +7433,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70511100" name="name618668e0959340cf9" descr="eu_funding_250.png"/>
+            <wp:docPr id="7361258" name="name802468fd1d35a387e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId428968e0959340cf8" cstate="print"/>
+                    <a:blip r:embed="rId803468fd1d35a387c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7587,137 +7587,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="82621064">
+  <w:abstractNum w:abstractNumId="21641249">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47353750">
+    <w:lvl w:ilvl="0" w:tplc="22293158">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47353750" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22293158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47353750" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22293158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47353750" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22293158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47353750" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22293158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47353750" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22293158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47353750" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22293158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47353750" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22293158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47353750" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22293158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="82621063">
+  <w:abstractNum w:abstractNumId="21641248">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44553294">
+    <w:lvl w:ilvl="0" w:tplc="38825586">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8469,55 +8469,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="82621063">
-    <w:abstractNumId w:val="82621063"/>
+  <w:num w:numId="21641248">
+    <w:abstractNumId w:val="21641248"/>
   </w:num>
-  <w:num w:numId="82621064">
-    <w:abstractNumId w:val="82621064"/>
+  <w:num w:numId="21641249">
+    <w:abstractNumId w:val="21641249"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20067,51 +20067,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId459460523" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId391968308" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId606868e095933caf5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId786268e095933cb3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId344568e095933d058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId700668e095933faa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId180568e095933fda6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId129468e095933fe1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId420668e095933ff51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId371768e0959340b18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId626568e0959340c40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId113968e095933cf0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId113968e095933cf0a.jpg"/><Relationship Id="rId323468e095933e743" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId323468e095933e743.jpg"/><Relationship Id="rId428968e0959340cf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId428968e0959340cf8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId250325495" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId248160465" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId792168fd1d359ebc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId233268fd1d359ec13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId872168fd1d359f3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId228768fd1d35a2304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId695268fd1d35a25f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId513468fd1d35a2669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId670368fd1d35a279b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId240668fd1d35a33ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId861068fd1d35a3520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId254268fd1d359f2ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId254268fd1d359f2ef.jpg"/><Relationship Id="rId910468fd1d35a0aa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId910468fd1d35a0aa3.jpg"/><Relationship Id="rId803468fd1d35a387c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803468fd1d35a387c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>