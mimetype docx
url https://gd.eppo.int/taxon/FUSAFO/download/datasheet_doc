--- v1 (2025-10-25)
+++ v2 (2025-11-15)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Nectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fusarium wilt of Hiemalis begonia</w:t>
             </w:r>
-            <w:hyperlink r:id="rId792168fd1d359ebc9" w:history="1">
+            <w:hyperlink r:id="rId8357691890938cc80" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId233268fd1d359ec13" w:history="1">
+            <w:hyperlink r:id="rId3889691890938ccc5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAFO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="23428045" name="name342568fd1d359f2f1" descr="14999.jpg"/>
+                  <wp:docPr id="54305713" name="name9110691890938d366" descr="14999.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14999.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId254268fd1d359f2ef" cstate="print"/>
+                          <a:blip r:embed="rId4538691890938d364" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId872168fd1d359f3ff" w:history="1">
+            <w:hyperlink r:id="rId1163691890938d47c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1949,63 +1949,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2022) report, the isolates were identified using morphology only and no molecular confirmation was provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26586750" name="name722068fd1d35a0aa6" descr="FUSAFO_distribution_map.jpg"/>
+            <wp:docPr id="39642378" name="name3445691890938eaa6" descr="FUSAFO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAFO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId910468fd1d35a0aa3" cstate="print"/>
+                    <a:blip r:embed="rId2021691890938eaa4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal for Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228768fd1d35a2304" w:history="1">
+      <w:hyperlink r:id="rId944069189093902dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.uokufa.edu.iq/index.php/ajb/article/view/8176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5087,51 +5087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Report of a Pest Risk Analysis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695268fd1d35a25f4" w:history="1">
+      <w:hyperlink r:id="rId585769189093905d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5157,51 +5157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513468fd1d35a2669" w:history="1">
+      <w:hyperlink r:id="rId74216918909390647" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5345,51 +5345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hamelink R &amp; van Noort F (2009) Toetsing resistentie tegen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Begonia. Projectnummer 3242063500 Wageningen UR Glastuinbouw, Bleiswijk 458300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670368fd1d35a279b" w:history="1">
+      <w:hyperlink r:id="rId50676918909390778" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wur.nl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7197,51 +7197,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–70.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wohanka W, Molitor HD &amp; Weichlein D (2005) Verhinderung der Krankheitsausbreitung bei Ebbe/Flutbewässerung mittels Wasserdesinfektion durch Chlordioxid. Bericht über die wissenschaftliche Betreuung des Forschungs- und Entwicklungsvorhabens im Agrarbereich für Umweltschutz (03UM002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId240668fd1d35a33ed" w:history="1">
+      <w:hyperlink r:id="rId1936691890939130a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ble.de/03UM002_W.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId861068fd1d35a3520" w:history="1">
+      <w:hyperlink r:id="rId4366691890939142e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7433,63 +7433,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="7361258" name="name802468fd1d35a387e" descr="eu_funding_250.png"/>
+            <wp:docPr id="64551703" name="name160269189093914f5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId803468fd1d35a387c" cstate="print"/>
+                    <a:blip r:embed="rId900569189093914f4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7587,137 +7587,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21641249">
+  <w:abstractNum w:abstractNumId="68708507">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22293158">
+    <w:lvl w:ilvl="0" w:tplc="54837763">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22293158" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54837763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22293158" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54837763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22293158" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54837763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22293158" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54837763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22293158" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54837763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22293158" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54837763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22293158" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54837763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22293158" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54837763" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21641248">
+  <w:abstractNum w:abstractNumId="68708506">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38825586">
+    <w:lvl w:ilvl="0" w:tplc="86023051">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8469,55 +8469,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21641248">
-    <w:abstractNumId w:val="21641248"/>
+  <w:num w:numId="68708506">
+    <w:abstractNumId w:val="68708506"/>
   </w:num>
-  <w:num w:numId="21641249">
-    <w:abstractNumId w:val="21641249"/>
+  <w:num w:numId="68708507">
+    <w:abstractNumId w:val="68708507"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20067,51 +20067,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId250325495" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId248160465" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId792168fd1d359ebc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId233268fd1d359ec13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId872168fd1d359f3ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId228768fd1d35a2304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId695268fd1d35a25f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId513468fd1d35a2669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId670368fd1d35a279b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId240668fd1d35a33ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId861068fd1d35a3520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId254268fd1d359f2ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId254268fd1d359f2ef.jpg"/><Relationship Id="rId910468fd1d35a0aa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId910468fd1d35a0aa3.jpg"/><Relationship Id="rId803468fd1d35a387c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803468fd1d35a387c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId604724538" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId454388912" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8357691890938cc80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId3889691890938ccc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId1163691890938d47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId944069189093902dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId585769189093905d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId74216918909390647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId50676918909390778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId1936691890939130a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId4366691890939142e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4538691890938d364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4538691890938d364.jpg"/><Relationship Id="rId2021691890938eaa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2021691890938eaa4.jpg"/><Relationship Id="rId900569189093914f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId900569189093914f4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>