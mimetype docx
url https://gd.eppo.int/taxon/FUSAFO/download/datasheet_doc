--- v2 (2025-11-15)
+++ v3 (2025-12-06)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Nectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fusarium wilt of Hiemalis begonia</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8357691890938cc80" w:history="1">
+            <w:hyperlink r:id="rId28766933a6c1c17a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3889691890938ccc5" w:history="1">
+            <w:hyperlink r:id="rId68676933a6c1c17e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAFO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="54305713" name="name9110691890938d366" descr="14999.jpg"/>
+                  <wp:docPr id="91729426" name="name92966933a6c1c2185" descr="14999.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14999.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4538691890938d364" cstate="print"/>
+                          <a:blip r:embed="rId22356933a6c1c2183" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1163691890938d47c" w:history="1">
+            <w:hyperlink r:id="rId87006933a6c1c227a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1949,63 +1949,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2022) report, the isolates were identified using morphology only and no molecular confirmation was provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39642378" name="name3445691890938eaa6" descr="FUSAFO_distribution_map.jpg"/>
+            <wp:docPr id="32881477" name="name51186933a6c1c3e91" descr="FUSAFO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAFO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2021691890938eaa4" cstate="print"/>
+                    <a:blip r:embed="rId63576933a6c1c3e8f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal for Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944069189093902dc" w:history="1">
+      <w:hyperlink r:id="rId62536933a6c1c56c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.uokufa.edu.iq/index.php/ajb/article/view/8176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5087,51 +5087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Report of a Pest Risk Analysis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId585769189093905d4" w:history="1">
+      <w:hyperlink r:id="rId54236933a6c1c5a69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5157,51 +5157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74216918909390647" w:history="1">
+      <w:hyperlink r:id="rId36786933a6c1c5b1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5345,51 +5345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hamelink R &amp; van Noort F (2009) Toetsing resistentie tegen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Begonia. Projectnummer 3242063500 Wageningen UR Glastuinbouw, Bleiswijk 458300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50676918909390778" w:history="1">
+      <w:hyperlink r:id="rId77076933a6c1c5cf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wur.nl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7197,51 +7197,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–70.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wohanka W, Molitor HD &amp; Weichlein D (2005) Verhinderung der Krankheitsausbreitung bei Ebbe/Flutbewässerung mittels Wasserdesinfektion durch Chlordioxid. Bericht über die wissenschaftliche Betreuung des Forschungs- und Entwicklungsvorhabens im Agrarbereich für Umweltschutz (03UM002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1936691890939130a" w:history="1">
+      <w:hyperlink r:id="rId25286933a6c1c6c6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ble.de/03UM002_W.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4366691890939142e" w:history="1">
+      <w:hyperlink r:id="rId95486933a6c1c6dfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7433,63 +7433,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64551703" name="name160269189093914f5" descr="eu_funding_250.png"/>
+            <wp:docPr id="70712441" name="name91176933a6c1c6ec9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId900569189093914f4" cstate="print"/>
+                    <a:blip r:embed="rId63456933a6c1c6ec8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7587,137 +7587,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68708507">
+  <w:abstractNum w:abstractNumId="38299996">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54837763">
+    <w:lvl w:ilvl="0" w:tplc="31721547">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="54837763" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31721547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="54837763" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31721547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="54837763" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31721547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="54837763" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31721547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="54837763" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31721547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="54837763" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31721547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="54837763" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31721547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="54837763" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31721547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68708506">
+  <w:abstractNum w:abstractNumId="38299995">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="86023051">
+    <w:lvl w:ilvl="0" w:tplc="37904915">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8469,55 +8469,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68708506">
-    <w:abstractNumId w:val="68708506"/>
+  <w:num w:numId="38299995">
+    <w:abstractNumId w:val="38299995"/>
   </w:num>
-  <w:num w:numId="68708507">
-    <w:abstractNumId w:val="68708507"/>
+  <w:num w:numId="38299996">
+    <w:abstractNumId w:val="38299996"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20067,51 +20067,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId604724538" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId454388912" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8357691890938cc80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId3889691890938ccc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId1163691890938d47c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId944069189093902dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId585769189093905d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId74216918909390647" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId50676918909390778" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId1936691890939130a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId4366691890939142e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4538691890938d364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4538691890938d364.jpg"/><Relationship Id="rId2021691890938eaa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2021691890938eaa4.jpg"/><Relationship Id="rId900569189093914f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId900569189093914f4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId588358468" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId629412519" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28766933a6c1c17a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId68676933a6c1c17e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId87006933a6c1c227a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId62536933a6c1c56c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId54236933a6c1c5a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId36786933a6c1c5b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId77076933a6c1c5cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId25286933a6c1c6c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId95486933a6c1c6dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22356933a6c1c2183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22356933a6c1c2183.jpg"/><Relationship Id="rId63576933a6c1c3e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63576933a6c1c3e8f.jpg"/><Relationship Id="rId63456933a6c1c6ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63456933a6c1c6ec8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>