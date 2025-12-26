--- v3 (2025-12-06)
+++ v4 (2025-12-26)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Nectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fusarium wilt of Hiemalis begonia</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28766933a6c1c17a5" w:history="1">
+            <w:hyperlink r:id="rId5741694e884e7739d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68676933a6c1c17e7" w:history="1">
+            <w:hyperlink r:id="rId2531694e884e773e1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAFO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91729426" name="name92966933a6c1c2185" descr="14999.jpg"/>
+                  <wp:docPr id="76943275" name="name9681694e884e77bff" descr="14999.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14999.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId22356933a6c1c2183" cstate="print"/>
+                          <a:blip r:embed="rId5889694e884e77bfe" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId87006933a6c1c227a" w:history="1">
+            <w:hyperlink r:id="rId9913694e884e77d4c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1949,63 +1949,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2022) report, the isolates were identified using morphology only and no molecular confirmation was provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32881477" name="name51186933a6c1c3e91" descr="FUSAFO_distribution_map.jpg"/>
+            <wp:docPr id="84798480" name="name8629694e884e79491" descr="FUSAFO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAFO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63576933a6c1c3e8f" cstate="print"/>
+                    <a:blip r:embed="rId1754694e884e7948e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal for Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62536933a6c1c56c6" w:history="1">
+      <w:hyperlink r:id="rId2968694e884e7ada5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.uokufa.edu.iq/index.php/ajb/article/view/8176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5087,51 +5087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Report of a Pest Risk Analysis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54236933a6c1c5a69" w:history="1">
+      <w:hyperlink r:id="rId4418694e884e7b136" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5157,51 +5157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36786933a6c1c5b1e" w:history="1">
+      <w:hyperlink r:id="rId9330694e884e7b1aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5345,51 +5345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hamelink R &amp; van Noort F (2009) Toetsing resistentie tegen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Begonia. Projectnummer 3242063500 Wageningen UR Glastuinbouw, Bleiswijk 458300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77076933a6c1c5cf2" w:history="1">
+      <w:hyperlink r:id="rId6758694e884e7b456" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wur.nl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7197,51 +7197,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–70.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wohanka W, Molitor HD &amp; Weichlein D (2005) Verhinderung der Krankheitsausbreitung bei Ebbe/Flutbewässerung mittels Wasserdesinfektion durch Chlordioxid. Bericht über die wissenschaftliche Betreuung des Forschungs- und Entwicklungsvorhabens im Agrarbereich für Umweltschutz (03UM002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25286933a6c1c6c6e" w:history="1">
+      <w:hyperlink r:id="rId2342694e884e7c2e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ble.de/03UM002_W.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95486933a6c1c6dfa" w:history="1">
+      <w:hyperlink r:id="rId8845694e884e7c416" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7433,63 +7433,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70712441" name="name91176933a6c1c6ec9" descr="eu_funding_250.png"/>
+            <wp:docPr id="36995439" name="name5833694e884e7c4d0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId63456933a6c1c6ec8" cstate="print"/>
+                    <a:blip r:embed="rId8545694e884e7c4cf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7587,137 +7587,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38299996">
+  <w:abstractNum w:abstractNumId="88391435">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31721547">
+    <w:lvl w:ilvl="0" w:tplc="41051895">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31721547" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41051895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31721547" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41051895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31721547" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41051895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31721547" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41051895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31721547" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41051895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31721547" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41051895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31721547" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41051895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31721547" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41051895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38299995">
+  <w:abstractNum w:abstractNumId="88391434">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37904915">
+    <w:lvl w:ilvl="0" w:tplc="27235419">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8469,55 +8469,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38299995">
-    <w:abstractNumId w:val="38299995"/>
+  <w:num w:numId="88391434">
+    <w:abstractNumId w:val="88391434"/>
   </w:num>
-  <w:num w:numId="38299996">
-    <w:abstractNumId w:val="38299996"/>
+  <w:num w:numId="88391435">
+    <w:abstractNumId w:val="88391435"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20067,51 +20067,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId588358468" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId629412519" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId28766933a6c1c17a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId68676933a6c1c17e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId87006933a6c1c227a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId62536933a6c1c56c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId54236933a6c1c5a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId36786933a6c1c5b1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId77076933a6c1c5cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId25286933a6c1c6c6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId95486933a6c1c6dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22356933a6c1c2183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22356933a6c1c2183.jpg"/><Relationship Id="rId63576933a6c1c3e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63576933a6c1c3e8f.jpg"/><Relationship Id="rId63456933a6c1c6ec8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId63456933a6c1c6ec8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId568570247" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId280249411" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5741694e884e7739d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId2531694e884e773e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId9913694e884e77d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId2968694e884e7ada5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId4418694e884e7b136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId9330694e884e7b1aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId6758694e884e7b456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId2342694e884e7c2e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId8845694e884e7c416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5889694e884e77bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5889694e884e77bfe.jpg"/><Relationship Id="rId1754694e884e7948e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1754694e884e7948e.jpg"/><Relationship Id="rId8545694e884e7c4cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8545694e884e7c4cf.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>