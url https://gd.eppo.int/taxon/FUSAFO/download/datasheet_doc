--- v4 (2025-12-26)
+++ v5 (2026-01-16)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Nectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fusarium wilt of Hiemalis begonia</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5741694e884e7739d" w:history="1">
+            <w:hyperlink r:id="rId6214696a8dc5b44d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2531694e884e773e1" w:history="1">
+            <w:hyperlink r:id="rId7114696a8dc5b451d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAFO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76943275" name="name9681694e884e77bff" descr="14999.jpg"/>
+                  <wp:docPr id="76318836" name="name9466696a8dc5b765f" descr="14999.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14999.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5889694e884e77bfe" cstate="print"/>
+                          <a:blip r:embed="rId1812696a8dc5b765a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9913694e884e77d4c" w:history="1">
+            <w:hyperlink r:id="rId7188696a8dc5b8165" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1949,63 +1949,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2022) report, the isolates were identified using morphology only and no molecular confirmation was provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84798480" name="name8629694e884e79491" descr="FUSAFO_distribution_map.jpg"/>
+            <wp:docPr id="55661494" name="name7052696a8dc5b9f5e" descr="FUSAFO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAFO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1754694e884e7948e" cstate="print"/>
+                    <a:blip r:embed="rId3340696a8dc5b9f5b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal for Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2968694e884e7ada5" w:history="1">
+      <w:hyperlink r:id="rId3254696a8dc5bb983" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.uokufa.edu.iq/index.php/ajb/article/view/8176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5087,51 +5087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Report of a Pest Risk Analysis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4418694e884e7b136" w:history="1">
+      <w:hyperlink r:id="rId8882696a8dc5bbd2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5157,51 +5157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9330694e884e7b1aa" w:history="1">
+      <w:hyperlink r:id="rId4570696a8dc5bbda8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5345,51 +5345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hamelink R &amp; van Noort F (2009) Toetsing resistentie tegen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Begonia. Projectnummer 3242063500 Wageningen UR Glastuinbouw, Bleiswijk 458300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6758694e884e7b456" w:history="1">
+      <w:hyperlink r:id="rId1457696a8dc5bbee5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wur.nl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7197,51 +7197,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–70.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wohanka W, Molitor HD &amp; Weichlein D (2005) Verhinderung der Krankheitsausbreitung bei Ebbe/Flutbewässerung mittels Wasserdesinfektion durch Chlordioxid. Bericht über die wissenschaftliche Betreuung des Forschungs- und Entwicklungsvorhabens im Agrarbereich für Umweltschutz (03UM002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2342694e884e7c2e8" w:history="1">
+      <w:hyperlink r:id="rId4244696a8dc5bcb27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ble.de/03UM002_W.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7354,73 +7354,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8845694e884e7c416" w:history="1">
+      <w:hyperlink r:id="rId8361696a8dc5bcc90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7433,63 +7433,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36995439" name="name5833694e884e7c4d0" descr="eu_funding_250.png"/>
+            <wp:docPr id="51257595" name="name6056696a8dc5bcd42" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8545694e884e7c4cf" cstate="print"/>
+                    <a:blip r:embed="rId1150696a8dc5bcd41" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7587,137 +7587,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88391435">
+  <w:abstractNum w:abstractNumId="14020824">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41051895">
+    <w:lvl w:ilvl="0" w:tplc="28208926">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41051895" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28208926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41051895" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28208926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41051895" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28208926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41051895" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28208926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41051895" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28208926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41051895" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28208926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41051895" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28208926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41051895" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28208926" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88391434">
+  <w:abstractNum w:abstractNumId="14020823">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27235419">
+    <w:lvl w:ilvl="0" w:tplc="58131680">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8469,55 +8469,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88391434">
-    <w:abstractNumId w:val="88391434"/>
+  <w:num w:numId="14020823">
+    <w:abstractNumId w:val="14020823"/>
   </w:num>
-  <w:num w:numId="88391435">
-    <w:abstractNumId w:val="88391435"/>
+  <w:num w:numId="14020824">
+    <w:abstractNumId w:val="14020824"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20067,51 +20067,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId568570247" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId280249411" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5741694e884e7739d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId2531694e884e773e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId9913694e884e77d4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId2968694e884e7ada5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId4418694e884e7b136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId9330694e884e7b1aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId6758694e884e7b456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId2342694e884e7c2e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId8845694e884e7c416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5889694e884e77bfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5889694e884e77bfe.jpg"/><Relationship Id="rId1754694e884e7948e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1754694e884e7948e.jpg"/><Relationship Id="rId8545694e884e7c4cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8545694e884e7c4cf.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId714861696" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId171269127" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6214696a8dc5b44d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId7114696a8dc5b451d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId7188696a8dc5b8165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId3254696a8dc5bb983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId8882696a8dc5bbd2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId4570696a8dc5bbda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId1457696a8dc5bbee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId4244696a8dc5bcb27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId8361696a8dc5bcc90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1812696a8dc5b765a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1812696a8dc5b765a.jpg"/><Relationship Id="rId3340696a8dc5b9f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3340696a8dc5b9f5b.jpg"/><Relationship Id="rId1150696a8dc5bcd41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1150696a8dc5bcd41.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>