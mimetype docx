--- v5 (2026-01-16)
+++ v6 (2026-02-06)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Nectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fusarium wilt of Hiemalis begonia</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6214696a8dc5b44d3" w:history="1">
+            <w:hyperlink r:id="rId300369862b0a6307e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7114696a8dc5b451d" w:history="1">
+            <w:hyperlink r:id="rId644269862b0a630c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAFO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76318836" name="name9466696a8dc5b765f" descr="14999.jpg"/>
+                  <wp:docPr id="56521789" name="name973569862b0a6376e" descr="14999.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14999.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1812696a8dc5b765a" cstate="print"/>
+                          <a:blip r:embed="rId121269862b0a6376d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7188696a8dc5b8165" w:history="1">
+            <w:hyperlink r:id="rId717869862b0a63897" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1949,63 +1949,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2022) report, the isolates were identified using morphology only and no molecular confirmation was provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="55661494" name="name7052696a8dc5b9f5e" descr="FUSAFO_distribution_map.jpg"/>
+            <wp:docPr id="83718698" name="name958869862b0a64a6b" descr="FUSAFO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAFO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3340696a8dc5b9f5b" cstate="print"/>
+                    <a:blip r:embed="rId774569862b0a64a69" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2045,51 +2045,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> South Africa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Guizhou, Hebei, Shandong), Japan (Honshu), Korea, Republic of</w:t>
+        <w:t xml:space="preserve"> China (Guizhou, Hebei, Shandong), Japan (Honshu), Korea, Republic of, Saudi Arabia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Ontario), United States of America (Connecticut)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4623,51 +4623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal for Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3254696a8dc5bb983" w:history="1">
+      <w:hyperlink r:id="rId305369862b0a65f23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.uokufa.edu.iq/index.php/ajb/article/view/8176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5087,51 +5087,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Report of a Pest Risk Analysis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8882696a8dc5bbd2c" w:history="1">
+      <w:hyperlink r:id="rId573469862b0a66287" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5157,51 +5157,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4570696a8dc5bbda8" w:history="1">
+      <w:hyperlink r:id="rId810269862b0a66320" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5345,51 +5345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hamelink R &amp; van Noort F (2009) Toetsing resistentie tegen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Begonia. Projectnummer 3242063500 Wageningen UR Glastuinbouw, Bleiswijk 458300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1457696a8dc5bbee5" w:history="1">
+      <w:hyperlink r:id="rId978769862b0a66467" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wur.nl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7197,51 +7197,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–70.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wohanka W, Molitor HD &amp; Weichlein D (2005) Verhinderung der Krankheitsausbreitung bei Ebbe/Flutbewässerung mittels Wasserdesinfektion durch Chlordioxid. Bericht über die wissenschaftliche Betreuung des Forschungs- und Entwicklungsvorhabens im Agrarbereich für Umweltschutz (03UM002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4244696a8dc5bcb27" w:history="1">
+      <w:hyperlink r:id="rId413169862b0a670e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ble.de/03UM002_W.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7376,51 +7376,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8361696a8dc5bcc90" w:history="1">
+      <w:hyperlink r:id="rId433569862b0a67225" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7433,63 +7433,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="51257595" name="name6056696a8dc5bcd42" descr="eu_funding_250.png"/>
+            <wp:docPr id="67349041" name="name470169862b0a674ca" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1150696a8dc5bcd41" cstate="print"/>
+                    <a:blip r:embed="rId250269862b0a674c9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7587,137 +7587,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="14020824">
+  <w:abstractNum w:abstractNumId="20865971">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28208926">
+    <w:lvl w:ilvl="0" w:tplc="26050352">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28208926" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="26050352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28208926" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="26050352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28208926" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="26050352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28208926" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="26050352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28208926" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="26050352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28208926" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="26050352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28208926" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="26050352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28208926" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="26050352" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14020823">
+  <w:abstractNum w:abstractNumId="20865970">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58131680">
+    <w:lvl w:ilvl="0" w:tplc="44914211">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8469,55 +8469,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14020823">
-    <w:abstractNumId w:val="14020823"/>
+  <w:num w:numId="20865970">
+    <w:abstractNumId w:val="20865970"/>
   </w:num>
-  <w:num w:numId="14020824">
-    <w:abstractNumId w:val="14020824"/>
+  <w:num w:numId="20865971">
+    <w:abstractNumId w:val="20865971"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20067,51 +20067,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId714861696" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId171269127" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6214696a8dc5b44d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId7114696a8dc5b451d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId7188696a8dc5b8165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId3254696a8dc5bb983" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId8882696a8dc5bbd2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId4570696a8dc5bbda8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId1457696a8dc5bbee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId4244696a8dc5bcb27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId8361696a8dc5bcc90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1812696a8dc5b765a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1812696a8dc5b765a.jpg"/><Relationship Id="rId3340696a8dc5b9f5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3340696a8dc5b9f5b.jpg"/><Relationship Id="rId1150696a8dc5bcd41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1150696a8dc5bcd41.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId760810391" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId750655483" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId300369862b0a6307e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId644269862b0a630c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId717869862b0a63897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId305369862b0a65f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId573469862b0a66287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId810269862b0a66320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId978769862b0a66467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId413169862b0a670e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId433569862b0a67225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId121269862b0a6376d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId121269862b0a6376d.jpg"/><Relationship Id="rId774569862b0a64a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId774569862b0a64a69.jpg"/><Relationship Id="rId250269862b0a674c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId250269862b0a674c9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>