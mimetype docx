--- v6 (2026-02-06)
+++ v7 (2026-03-20)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Hypocreales: Nectriaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> fusarium wilt of Hiemalis begonia</w:t>
             </w:r>
-            <w:hyperlink r:id="rId300369862b0a6307e" w:history="1">
+            <w:hyperlink r:id="rId119669bcd38fcd7bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId644269862b0a630c2" w:history="1">
+            <w:hyperlink r:id="rId413669bcd38fcd804" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAFO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56521789" name="name973569862b0a6376e" descr="14999.jpg"/>
+                  <wp:docPr id="83269430" name="name258969bcd38fcd8ca" descr="14999.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14999.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId121269862b0a6376d" cstate="print"/>
+                          <a:blip r:embed="rId123869bcd38fcd8c8" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId717869862b0a63897" w:history="1">
+            <w:hyperlink r:id="rId810669bcd38fcd9d8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1431,51 +1431,171 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begonia x hiemalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Cicer arietinum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Gossypium hirsutum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Heptapleurum arboricola</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Lavandula angustifolia</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Lonicera caerulea</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Nicotiana tabacum</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Selenicereus megalanthus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Solanum tuberosum</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
@@ -1949,168 +2069,189 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2022) report, the isolates were identified using morphology only and no molecular confirmation was provided.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83718698" name="name958869862b0a64a6b" descr="FUSAFO_distribution_map.jpg"/>
+            <wp:docPr id="95588096" name="name238969bcd38fcefcf" descr="FUSAFO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAFO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId774569862b0a64a69" cstate="print"/>
+                    <a:blip r:embed="rId772569bcd38fcefcc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Czechia, Germany, Netherlands, Norway</w:t>
+        <w:t xml:space="preserve"> Czechia, Germany, Jordan, Netherlands, Norway, Tunisia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> South Africa</w:t>
+        <w:t xml:space="preserve"> Egypt, South Africa, Tunisia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Guizhou, Hebei, Shandong), Japan (Honshu), Korea, Republic of, Saudi Arabia</w:t>
+        <w:t xml:space="preserve"> China (Guizhou, Hebei, Jilin, Shandong), Japan (Honshu), Jordan, Korea, Republic of, Saudi Arabia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Ontario), United States of America (Connecticut)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">South America:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Colombia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> New Zealand</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4623,51 +4764,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal for Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305369862b0a65f23" w:history="1">
+      <w:hyperlink r:id="rId484869bcd38fd084e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://journal.uokufa.edu.iq/index.php/ajb/article/view/8176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5087,51 +5228,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2007) Report of a Pest Risk Analysis. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, EPPO, Paris. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId573469862b0a66287" w:history="1">
+      <w:hyperlink r:id="rId413169bcd38fd0b40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5157,51 +5298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 68-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810269862b0a66320" w:history="1">
+      <w:hyperlink r:id="rId792469bcd38fd0bb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5345,51 +5486,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Hamelink R &amp; van Noort F (2009) Toetsing resistentie tegen </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in Begonia. Projectnummer 3242063500 Wageningen UR Glastuinbouw, Bleiswijk 458300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978769862b0a66467" w:history="1">
+      <w:hyperlink r:id="rId896069bcd38fd0ce7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wur.nl</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed July 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7197,51 +7338,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–70.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wohanka W, Molitor HD &amp; Weichlein D (2005) Verhinderung der Krankheitsausbreitung bei Ebbe/Flutbewässerung mittels Wasserdesinfektion durch Chlordioxid. Bericht über die wissenschaftliche Betreuung des Forschungs- und Entwicklungsvorhabens im Agrarbereich für Umweltschutz (03UM002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413169862b0a670e0" w:history="1">
+      <w:hyperlink r:id="rId735569bcd38fd19fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://download.ble.de/03UM002_W.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7376,51 +7517,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium foetens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433569862b0a67225" w:history="1">
+      <w:hyperlink r:id="rId703369bcd38fd1b2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7433,63 +7574,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67349041" name="name470169862b0a674ca" descr="eu_funding_250.png"/>
+            <wp:docPr id="43196718" name="name734869bcd38fd1be2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId250269862b0a674c9" cstate="print"/>
+                    <a:blip r:embed="rId458369bcd38fd1be1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7587,137 +7728,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20865971">
+  <w:abstractNum w:abstractNumId="42620411">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26050352">
+    <w:lvl w:ilvl="0" w:tplc="72884858">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="26050352" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72884858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="26050352" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72884858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="26050352" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72884858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="26050352" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72884858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="26050352" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72884858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="26050352" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72884858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="26050352" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72884858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="26050352" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72884858" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20865970">
+  <w:abstractNum w:abstractNumId="42620410">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44914211">
+    <w:lvl w:ilvl="0" w:tplc="54323120">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8469,55 +8610,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20865970">
-    <w:abstractNumId w:val="20865970"/>
+  <w:num w:numId="42620410">
+    <w:abstractNumId w:val="42620410"/>
   </w:num>
-  <w:num w:numId="20865971">
-    <w:abstractNumId w:val="20865971"/>
+  <w:num w:numId="42620411">
+    <w:abstractNumId w:val="42620411"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20067,51 +20208,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId760810391" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId750655483" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId300369862b0a6307e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId644269862b0a630c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId717869862b0a63897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId305369862b0a65f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId573469862b0a66287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId810269862b0a66320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId978769862b0a66467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId413169862b0a670e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId433569862b0a67225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId121269862b0a6376d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId121269862b0a6376d.jpg"/><Relationship Id="rId774569862b0a64a69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId774569862b0a64a69.jpg"/><Relationship Id="rId250269862b0a674c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId250269862b0a674c9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId201654090" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId783840055" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId119669bcd38fcd7bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/" TargetMode="External"/><Relationship Id="rId413669bcd38fcd804" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/categorization" TargetMode="External"/><Relationship Id="rId810669bcd38fcd9d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAFO/photos" TargetMode="External"/><Relationship Id="rId484869bcd38fd084e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://about%3Ablank" TargetMode="External"/><Relationship Id="rId413169bcd38fd0b40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/55e1e2fb-b763-4ed0-b53b-0c20b57576e8" TargetMode="External"/><Relationship Id="rId792469bcd38fd0bb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12021" TargetMode="External"/><Relationship Id="rId896069bcd38fd0ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wur.nl" TargetMode="External"/><Relationship Id="rId735569bcd38fd19fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://download.ble.de/03UM002_W.pdf" TargetMode="External"/><Relationship Id="rId703369bcd38fd1b2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId123869bcd38fcd8c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId123869bcd38fcd8c8.jpg"/><Relationship Id="rId772569bcd38fcefcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId772569bcd38fcefcc.jpg"/><Relationship Id="rId458369bcd38fd1be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId458369bcd38fd1be1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>