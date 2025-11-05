--- v0 (2025-10-07)
+++ v1 (2025-11-05)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (S. Freeman, Z. Mendel, T. Aoki &amp; O’Donnell) Sandoval-Denis, L. Lombard &amp; Crous</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fusarium dieback, Fusarium wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId547568e58bf51a060" w:history="1">
+            <w:hyperlink r:id="rId6958690bc05f8ecbe" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId859968e58bf51a0ca" w:history="1">
+            <w:hyperlink r:id="rId7001690bc05f8ed2a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3848,63 +3848,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2022). Removal of the host plants resulted in eradication of the beetle and its fungal symbiont (EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="63019352" name="name140768e58bf51c599" descr="FUSAEW_distribution_map.jpg"/>
+            <wp:docPr id="19772877" name="name2863690bc05f915b8" descr="FUSAEW_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAEW_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId119868e58bf51c596" cstate="print"/>
+                    <a:blip r:embed="rId4897690bc05f915b4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId563868e58bf51d356" w:history="1">
+      <w:hyperlink r:id="rId8378690bc05f9241b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.2141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191468e58bf51d3f5" w:history="1">
+      <w:hyperlink r:id="rId3363690bc05f924b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5842,51 +5842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871568e58bf51d4bc" w:history="1">
+      <w:hyperlink r:id="rId3928690bc05f92565" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5932,51 +5932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), е100116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867868e58bf51d55e" w:history="1">
+      <w:hyperlink r:id="rId6801690bc05f92605" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.simyco.2021.100116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6022,51 +6022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1712-1720. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577168e58bf51d5ef" w:history="1">
+      <w:hyperlink r:id="rId3488690bc05f92695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13600</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6092,101 +6092,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721968e58bf51d65f" w:history="1">
+      <w:hyperlink r:id="rId9898690bc05f92704" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976868e58bf51d6b2" w:history="1">
+      <w:hyperlink r:id="rId7665690bc05f92759" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/EUWAWH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6252,51 +6252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903268e58bf51d760" w:history="1">
+      <w:hyperlink r:id="rId5339690bc05f9281a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6322,51 +6322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId848068e58bf51d7d0" w:history="1">
+      <w:hyperlink r:id="rId2579690bc05f9288f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6588,51 +6588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId321968e58bf51d972" w:history="1">
+      <w:hyperlink r:id="rId2229690bc05f92a49" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6678,51 +6678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777168e58bf51d9ff" w:history="1">
+      <w:hyperlink r:id="rId5955690bc05f92b04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6788,51 +6788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId662968e58bf51daac" w:history="1">
+      <w:hyperlink r:id="rId7400690bc05f92bbb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId954368e58bf51db95" w:history="1">
+      <w:hyperlink r:id="rId4071690bc05f92cc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7182,51 +7182,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 313-329</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810768e58bf51dd13" w:history="1">
+      <w:hyperlink r:id="rId2033690bc05f92e4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/15-063</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7272,51 +7272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 654702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909168e58bf51ddad" w:history="1">
+      <w:hyperlink r:id="rId7102690bc05f92f83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/ffgc.2021.654702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7373,51 +7373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoparasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 341–359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630868e58bf51de4d" w:history="1">
+      <w:hyperlink r:id="rId3210690bc05f9302e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-017-0598-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7483,51 +7483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252868e58bf51defa" w:history="1">
+      <w:hyperlink r:id="rId3305690bc05f93367" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7604,51 +7604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mSphere </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00810-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557168e58bf51dfbc" w:history="1">
+      <w:hyperlink r:id="rId6009690bc05f93451" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mSphere.00810-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7694,51 +7694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277–290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId961268e58bf51e04a" w:history="1">
+      <w:hyperlink r:id="rId2799690bc05f934e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi: 10.1016/j.fgb.2014.10.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7862,51 +7862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1597-1609. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId797368e58bf51e15f" w:history="1">
+      <w:hyperlink r:id="rId4134690bc05f93644" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2035-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7952,51 +7952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId762168e58bf51e1ec" w:history="1">
+      <w:hyperlink r:id="rId7871690bc05f93734" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509368e58bf51e25a" w:history="1">
+      <w:hyperlink r:id="rId5141690bc05f937b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537768e58bf51e2e8" w:history="1">
+      <w:hyperlink r:id="rId5847690bc05f93847" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8202,51 +8202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299-307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644868e58bf51e377" w:history="1">
+      <w:hyperlink r:id="rId1914690bc05f938db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 233–240. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934568e58bf51e430" w:history="1">
+      <w:hyperlink r:id="rId7401690bc05f93a91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-07-16-1046-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8422,51 +8422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId702568e58bf51e4e3" w:history="1">
+      <w:hyperlink r:id="rId7727690bc05f93b4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8492,51 +8492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934268e58bf51e554" w:history="1">
+      <w:hyperlink r:id="rId5653690bc05f93bbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8562,51 +8562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId263968e58bf51e5c9" w:history="1">
+      <w:hyperlink r:id="rId4260690bc05f93c5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8672,51 +8672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107468e58bf51e67f" w:history="1">
+      <w:hyperlink r:id="rId4248690bc05f93d66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8729,63 +8729,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="70380352" name="name874068e58bf51eb47" descr="eu_funding_250.png"/>
+            <wp:docPr id="24376738" name="name1910690bc05f93e4d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId370168e58bf51eb46" cstate="print"/>
+                    <a:blip r:embed="rId4770690bc05f93e4b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8883,137 +8883,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70567867">
+  <w:abstractNum w:abstractNumId="81830632">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28654279">
+    <w:lvl w:ilvl="0" w:tplc="38006306">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28654279" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38006306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28654279" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38006306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28654279" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38006306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28654279" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38006306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28654279" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38006306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28654279" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38006306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28654279" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38006306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28654279" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38006306" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70567866">
+  <w:abstractNum w:abstractNumId="81830631">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74677842">
+    <w:lvl w:ilvl="0" w:tplc="97104938">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9765,55 +9765,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70567866">
-    <w:abstractNumId w:val="70567866"/>
+  <w:num w:numId="81830631">
+    <w:abstractNumId w:val="81830631"/>
   </w:num>
-  <w:num w:numId="70567867">
-    <w:abstractNumId w:val="70567867"/>
+  <w:num w:numId="81830632">
+    <w:abstractNumId w:val="81830632"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21363,51 +21363,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId150659210" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId673567341" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId547568e58bf51a060" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId859968e58bf51a0ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId563868e58bf51d356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId191468e58bf51d3f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId871568e58bf51d4bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId867868e58bf51d55e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId577168e58bf51d5ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId721968e58bf51d65f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId976868e58bf51d6b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId903268e58bf51d760" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId848068e58bf51d7d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId321968e58bf51d972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId777168e58bf51d9ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId662968e58bf51daac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId954368e58bf51db95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId810768e58bf51dd13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId909168e58bf51ddad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId630868e58bf51de4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId252868e58bf51defa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId557168e58bf51dfbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId961268e58bf51e04a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId797368e58bf51e15f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId762168e58bf51e1ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId509368e58bf51e25a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId537768e58bf51e2e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId644868e58bf51e377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId934568e58bf51e430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId702568e58bf51e4e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId934268e58bf51e554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId263968e58bf51e5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId107468e58bf51e67f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId119868e58bf51c596" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId119868e58bf51c596.jpg"/><Relationship Id="rId370168e58bf51eb46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId370168e58bf51eb46.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId200912418" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId829845088" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6958690bc05f8ecbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId7001690bc05f8ed2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId8378690bc05f9241b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId3363690bc05f924b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId3928690bc05f92565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId6801690bc05f92605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId3488690bc05f92695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId9898690bc05f92704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId7665690bc05f92759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId5339690bc05f9281a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId2579690bc05f9288f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId2229690bc05f92a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId5955690bc05f92b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId7400690bc05f92bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId4071690bc05f92cc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId2033690bc05f92e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId7102690bc05f92f83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId3210690bc05f9302e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId3305690bc05f93367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId6009690bc05f93451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId2799690bc05f934e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId4134690bc05f93644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId7871690bc05f93734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId5141690bc05f937b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId5847690bc05f93847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId1914690bc05f938db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId7401690bc05f93a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId7727690bc05f93b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId5653690bc05f93bbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId4260690bc05f93c5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId4248690bc05f93d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4897690bc05f915b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4897690bc05f915b4.jpg"/><Relationship Id="rId4770690bc05f93e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4770690bc05f93e4b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>