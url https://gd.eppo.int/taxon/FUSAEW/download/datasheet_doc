--- v1 (2025-11-05)
+++ v2 (2025-12-06)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (S. Freeman, Z. Mendel, T. Aoki &amp; O’Donnell) Sandoval-Denis, L. Lombard &amp; Crous</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fusarium dieback, Fusarium wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6958690bc05f8ecbe" w:history="1">
+            <w:hyperlink r:id="rId58046933bc9039255" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7001690bc05f8ed2a" w:history="1">
+            <w:hyperlink r:id="rId52126933bc90392c3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3848,63 +3848,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2022). Removal of the host plants resulted in eradication of the beetle and its fungal symbiont (EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19772877" name="name2863690bc05f915b8" descr="FUSAEW_distribution_map.jpg"/>
+            <wp:docPr id="77189223" name="name13506933bc903b97e" descr="FUSAEW_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAEW_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4897690bc05f915b4" cstate="print"/>
+                    <a:blip r:embed="rId98646933bc903b97a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8378690bc05f9241b" w:history="1">
+      <w:hyperlink r:id="rId40936933bc903c713" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.2141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3363690bc05f924b5" w:history="1">
+      <w:hyperlink r:id="rId54296933bc903c7a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5842,51 +5842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3928690bc05f92565" w:history="1">
+      <w:hyperlink r:id="rId60046933bc903c85b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5932,51 +5932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), е100116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6801690bc05f92605" w:history="1">
+      <w:hyperlink r:id="rId25026933bc903c91a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.simyco.2021.100116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6022,51 +6022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1712-1720. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3488690bc05f92695" w:history="1">
+      <w:hyperlink r:id="rId57006933bc903c9ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13600</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6092,101 +6092,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9898690bc05f92704" w:history="1">
+      <w:hyperlink r:id="rId74736933bc903ca20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7665690bc05f92759" w:history="1">
+      <w:hyperlink r:id="rId33536933bc903ca74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/EUWAWH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6252,51 +6252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5339690bc05f9281a" w:history="1">
+      <w:hyperlink r:id="rId10956933bc903cb22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6322,51 +6322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2579690bc05f9288f" w:history="1">
+      <w:hyperlink r:id="rId26866933bc903cc75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6588,51 +6588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2229690bc05f92a49" w:history="1">
+      <w:hyperlink r:id="rId28396933bc903ce37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6678,51 +6678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5955690bc05f92b04" w:history="1">
+      <w:hyperlink r:id="rId52656933bc903cecb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6788,51 +6788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7400690bc05f92bbb" w:history="1">
+      <w:hyperlink r:id="rId22836933bc903cf7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4071690bc05f92cc2" w:history="1">
+      <w:hyperlink r:id="rId75006933bc903d06a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7182,51 +7182,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 313-329</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2033690bc05f92e4d" w:history="1">
+      <w:hyperlink r:id="rId86886933bc903d1f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/15-063</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7272,51 +7272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 654702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7102690bc05f92f83" w:history="1">
+      <w:hyperlink r:id="rId34216933bc903d281" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/ffgc.2021.654702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7373,51 +7373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoparasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 341–359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3210690bc05f9302e" w:history="1">
+      <w:hyperlink r:id="rId77746933bc903d321" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-017-0598-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7483,51 +7483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3305690bc05f93367" w:history="1">
+      <w:hyperlink r:id="rId37146933bc903d3d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7604,51 +7604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mSphere </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00810-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6009690bc05f93451" w:history="1">
+      <w:hyperlink r:id="rId45456933bc903d493" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mSphere.00810-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7694,51 +7694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277–290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2799690bc05f934e8" w:history="1">
+      <w:hyperlink r:id="rId99036933bc903d521" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi: 10.1016/j.fgb.2014.10.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7862,51 +7862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1597-1609. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4134690bc05f93644" w:history="1">
+      <w:hyperlink r:id="rId91516933bc903d64a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2035-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7952,51 +7952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7871690bc05f93734" w:history="1">
+      <w:hyperlink r:id="rId44306933bc903d6d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5141690bc05f937b0" w:history="1">
+      <w:hyperlink r:id="rId27686933bc903d749" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5847690bc05f93847" w:history="1">
+      <w:hyperlink r:id="rId14366933bc903d7d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8202,51 +8202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299-307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1914690bc05f938db" w:history="1">
+      <w:hyperlink r:id="rId54026933bc903d87c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 233–240. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7401690bc05f93a91" w:history="1">
+      <w:hyperlink r:id="rId37986933bc903d92f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-07-16-1046-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8422,51 +8422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7727690bc05f93b4a" w:history="1">
+      <w:hyperlink r:id="rId63906933bc903d9eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8492,51 +8492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5653690bc05f93bbe" w:history="1">
+      <w:hyperlink r:id="rId63486933bc903da62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8562,51 +8562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4260690bc05f93c5e" w:history="1">
+      <w:hyperlink r:id="rId65676933bc903dada" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8672,51 +8672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4248690bc05f93d66" w:history="1">
+      <w:hyperlink r:id="rId41096933bc903db95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8729,63 +8729,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24376738" name="name1910690bc05f93e4d" descr="eu_funding_250.png"/>
+            <wp:docPr id="80457030" name="name10886933bc903dc6d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4770690bc05f93e4b" cstate="print"/>
+                    <a:blip r:embed="rId30286933bc903dc6b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8883,137 +8883,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81830632">
+  <w:abstractNum w:abstractNumId="95414214">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38006306">
+    <w:lvl w:ilvl="0" w:tplc="33501317">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38006306" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33501317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38006306" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33501317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38006306" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33501317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38006306" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33501317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38006306" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33501317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38006306" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33501317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38006306" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33501317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38006306" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33501317" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81830631">
+  <w:abstractNum w:abstractNumId="95414213">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97104938">
+    <w:lvl w:ilvl="0" w:tplc="50575786">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9765,55 +9765,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81830631">
-    <w:abstractNumId w:val="81830631"/>
+  <w:num w:numId="95414213">
+    <w:abstractNumId w:val="95414213"/>
   </w:num>
-  <w:num w:numId="81830632">
-    <w:abstractNumId w:val="81830632"/>
+  <w:num w:numId="95414214">
+    <w:abstractNumId w:val="95414214"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21363,51 +21363,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId200912418" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId829845088" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6958690bc05f8ecbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId7001690bc05f8ed2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId8378690bc05f9241b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId3363690bc05f924b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId3928690bc05f92565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId6801690bc05f92605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId3488690bc05f92695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId9898690bc05f92704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId7665690bc05f92759" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId5339690bc05f9281a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId2579690bc05f9288f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId2229690bc05f92a49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId5955690bc05f92b04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId7400690bc05f92bbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId4071690bc05f92cc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId2033690bc05f92e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId7102690bc05f92f83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId3210690bc05f9302e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId3305690bc05f93367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId6009690bc05f93451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId2799690bc05f934e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId4134690bc05f93644" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId7871690bc05f93734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId5141690bc05f937b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId5847690bc05f93847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId1914690bc05f938db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId7401690bc05f93a91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId7727690bc05f93b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId5653690bc05f93bbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId4260690bc05f93c5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId4248690bc05f93d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4897690bc05f915b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4897690bc05f915b4.jpg"/><Relationship Id="rId4770690bc05f93e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4770690bc05f93e4b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId176316607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351796042" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58046933bc9039255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId52126933bc90392c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId40936933bc903c713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId54296933bc903c7a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId60046933bc903c85b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId25026933bc903c91a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId57006933bc903c9ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId74736933bc903ca20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId33536933bc903ca74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId10956933bc903cb22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId26866933bc903cc75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId28396933bc903ce37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId52656933bc903cecb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId22836933bc903cf7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId75006933bc903d06a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId86886933bc903d1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId34216933bc903d281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId77746933bc903d321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId37146933bc903d3d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId45456933bc903d493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId99036933bc903d521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId91516933bc903d64a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId44306933bc903d6d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId27686933bc903d749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId14366933bc903d7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId54026933bc903d87c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId37986933bc903d92f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId63906933bc903d9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId63486933bc903da62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId65676933bc903dada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId41096933bc903db95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId98646933bc903b97a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98646933bc903b97a.jpg"/><Relationship Id="rId30286933bc903dc6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30286933bc903dc6b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>