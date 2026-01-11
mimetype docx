--- v2 (2025-12-06)
+++ v3 (2026-01-11)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (S. Freeman, Z. Mendel, T. Aoki &amp; O’Donnell) Sandoval-Denis, L. Lombard &amp; Crous</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fusarium dieback, Fusarium wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId58046933bc9039255" w:history="1">
+            <w:hyperlink r:id="rId21726963b3b88de7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId52126933bc90392c3" w:history="1">
+            <w:hyperlink r:id="rId40946963b3b88dee3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3848,63 +3848,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2022). Removal of the host plants resulted in eradication of the beetle and its fungal symbiont (EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="77189223" name="name13506933bc903b97e" descr="FUSAEW_distribution_map.jpg"/>
+            <wp:docPr id="38738240" name="name40526963b3b890097" descr="FUSAEW_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAEW_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId98646933bc903b97a" cstate="print"/>
+                    <a:blip r:embed="rId39926963b3b890093" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40936933bc903c713" w:history="1">
+      <w:hyperlink r:id="rId51226963b3b890e3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.2141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54296933bc903c7a9" w:history="1">
+      <w:hyperlink r:id="rId12416963b3b890ed1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5842,51 +5842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60046933bc903c85b" w:history="1">
+      <w:hyperlink r:id="rId32066963b3b890f81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5932,51 +5932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), е100116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25026933bc903c91a" w:history="1">
+      <w:hyperlink r:id="rId64276963b3b89101e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.simyco.2021.100116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6022,51 +6022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1712-1720. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57006933bc903c9ae" w:history="1">
+      <w:hyperlink r:id="rId37366963b3b8910ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13600</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6092,101 +6092,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74736933bc903ca20" w:history="1">
+      <w:hyperlink r:id="rId77036963b3b89111b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33536933bc903ca74" w:history="1">
+      <w:hyperlink r:id="rId29436963b3b89116d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/EUWAWH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6252,51 +6252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10956933bc903cb22" w:history="1">
+      <w:hyperlink r:id="rId89496963b3b891219" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6322,51 +6322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26866933bc903cc75" w:history="1">
+      <w:hyperlink r:id="rId95066963b3b891288" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6588,51 +6588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28396933bc903ce37" w:history="1">
+      <w:hyperlink r:id="rId61516963b3b891427" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6678,51 +6678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52656933bc903cecb" w:history="1">
+      <w:hyperlink r:id="rId52416963b3b8914b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6788,51 +6788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22836933bc903cf7d" w:history="1">
+      <w:hyperlink r:id="rId11216963b3b891561" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75006933bc903d06a" w:history="1">
+      <w:hyperlink r:id="rId33836963b3b89164a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7182,51 +7182,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 313-329</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86886933bc903d1f0" w:history="1">
+      <w:hyperlink r:id="rId24626963b3b8917d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/15-063</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7272,51 +7272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 654702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34216933bc903d281" w:history="1">
+      <w:hyperlink r:id="rId81196963b3b891882" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/ffgc.2021.654702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7373,51 +7373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoparasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 341–359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77746933bc903d321" w:history="1">
+      <w:hyperlink r:id="rId53106963b3b891926" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-017-0598-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7483,51 +7483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37146933bc903d3d0" w:history="1">
+      <w:hyperlink r:id="rId74056963b3b8919d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7604,51 +7604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mSphere </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00810-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45456933bc903d493" w:history="1">
+      <w:hyperlink r:id="rId36696963b3b891a98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mSphere.00810-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7694,51 +7694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277–290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99036933bc903d521" w:history="1">
+      <w:hyperlink r:id="rId41716963b3b891b26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi: 10.1016/j.fgb.2014.10.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7862,51 +7862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1597-1609. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91516933bc903d64a" w:history="1">
+      <w:hyperlink r:id="rId40316963b3b891c3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2035-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7952,51 +7952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44306933bc903d6d9" w:history="1">
+      <w:hyperlink r:id="rId70316963b3b891ccd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27686933bc903d749" w:history="1">
+      <w:hyperlink r:id="rId13146963b3b891d3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14366933bc903d7d9" w:history="1">
+      <w:hyperlink r:id="rId86406963b3b891dcd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8202,51 +8202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299-307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54026933bc903d87c" w:history="1">
+      <w:hyperlink r:id="rId59946963b3b891e5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 233–240. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37986933bc903d92f" w:history="1">
+      <w:hyperlink r:id="rId72386963b3b891f09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-07-16-1046-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8422,51 +8422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63906933bc903d9eb" w:history="1">
+      <w:hyperlink r:id="rId96166963b3b891fb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8492,51 +8492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63486933bc903da62" w:history="1">
+      <w:hyperlink r:id="rId34386963b3b892025" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8562,51 +8562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65676933bc903dada" w:history="1">
+      <w:hyperlink r:id="rId41496963b3b892099" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8650,73 +8650,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41096933bc903db95" w:history="1">
+      <w:hyperlink r:id="rId55136963b3b89214d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8729,63 +8729,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80457030" name="name10886933bc903dc6d" descr="eu_funding_250.png"/>
+            <wp:docPr id="59627870" name="name25056963b3b89222d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30286933bc903dc6b" cstate="print"/>
+                    <a:blip r:embed="rId42416963b3b89222b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8883,137 +8883,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95414214">
+  <w:abstractNum w:abstractNumId="11293030">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33501317">
+    <w:lvl w:ilvl="0" w:tplc="34466731">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33501317" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34466731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33501317" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34466731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33501317" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34466731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33501317" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34466731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33501317" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34466731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33501317" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34466731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33501317" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34466731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33501317" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34466731" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95414213">
+  <w:abstractNum w:abstractNumId="11293029">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50575786">
+    <w:lvl w:ilvl="0" w:tplc="39752857">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9765,55 +9765,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95414213">
-    <w:abstractNumId w:val="95414213"/>
+  <w:num w:numId="11293029">
+    <w:abstractNumId w:val="11293029"/>
   </w:num>
-  <w:num w:numId="95414214">
-    <w:abstractNumId w:val="95414214"/>
+  <w:num w:numId="11293030">
+    <w:abstractNumId w:val="11293030"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21363,51 +21363,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId176316607" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId351796042" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId58046933bc9039255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId52126933bc90392c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId40936933bc903c713" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId54296933bc903c7a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId60046933bc903c85b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId25026933bc903c91a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId57006933bc903c9ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId74736933bc903ca20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId33536933bc903ca74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId10956933bc903cb22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId26866933bc903cc75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId28396933bc903ce37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId52656933bc903cecb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId22836933bc903cf7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId75006933bc903d06a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId86886933bc903d1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId34216933bc903d281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId77746933bc903d321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId37146933bc903d3d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId45456933bc903d493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId99036933bc903d521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId91516933bc903d64a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId44306933bc903d6d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId27686933bc903d749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId14366933bc903d7d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId54026933bc903d87c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId37986933bc903d92f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId63906933bc903d9eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId63486933bc903da62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId65676933bc903dada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId41096933bc903db95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId98646933bc903b97a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId98646933bc903b97a.jpg"/><Relationship Id="rId30286933bc903dc6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30286933bc903dc6b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId330174560" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId195944960" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21726963b3b88de7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId40946963b3b88dee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId51226963b3b890e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId12416963b3b890ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId32066963b3b890f81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId64276963b3b89101e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId37366963b3b8910ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId77036963b3b89111b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId29436963b3b89116d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId89496963b3b891219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId95066963b3b891288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId61516963b3b891427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId52416963b3b8914b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId11216963b3b891561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId33836963b3b89164a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId24626963b3b8917d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId81196963b3b891882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId53106963b3b891926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId74056963b3b8919d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId36696963b3b891a98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId41716963b3b891b26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId40316963b3b891c3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId70316963b3b891ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId13146963b3b891d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId86406963b3b891dcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId59946963b3b891e5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId72386963b3b891f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId96166963b3b891fb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId34386963b3b892025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId41496963b3b892099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId55136963b3b89214d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39926963b3b890093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39926963b3b890093.jpg"/><Relationship Id="rId42416963b3b89222b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42416963b3b89222b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>