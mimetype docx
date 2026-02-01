--- v3 (2026-01-11)
+++ v4 (2026-02-01)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (S. Freeman, Z. Mendel, T. Aoki &amp; O’Donnell) Sandoval-Denis, L. Lombard &amp; Crous</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fusarium dieback, Fusarium wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId21726963b3b88de7a" w:history="1">
+            <w:hyperlink r:id="rId9005697f1884db606" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -328,53 +328,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId40946963b3b88dee3" w:history="1">
+            <w:hyperlink r:id="rId6961697f1884db670" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3848,63 +3848,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2022). Removal of the host plants resulted in eradication of the beetle and its fungal symbiont (EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38738240" name="name40526963b3b890097" descr="FUSAEW_distribution_map.jpg"/>
+            <wp:docPr id="50306149" name="name1408697f1884ddb3b" descr="FUSAEW_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAEW_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39926963b3b890093" cstate="print"/>
+                    <a:blip r:embed="rId4842697f1884ddb38" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51226963b3b890e3b" w:history="1">
+      <w:hyperlink r:id="rId7774697f1884de8be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.2141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12416963b3b890ed1" w:history="1">
+      <w:hyperlink r:id="rId5744697f1884de954" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5842,51 +5842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32066963b3b890f81" w:history="1">
+      <w:hyperlink r:id="rId4184697f1884dea03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5932,51 +5932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), е100116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64276963b3b89101e" w:history="1">
+      <w:hyperlink r:id="rId7689697f1884deab1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.simyco.2021.100116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6022,51 +6022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1712-1720. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37366963b3b8910ac" w:history="1">
+      <w:hyperlink r:id="rId1536697f1884deb42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13600</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6092,101 +6092,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77036963b3b89111b" w:history="1">
+      <w:hyperlink r:id="rId2382697f1884debb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29436963b3b89116d" w:history="1">
+      <w:hyperlink r:id="rId2190697f1884dec05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/EUWAWH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6252,51 +6252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89496963b3b891219" w:history="1">
+      <w:hyperlink r:id="rId5303697f1884deccc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6322,51 +6322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95066963b3b891288" w:history="1">
+      <w:hyperlink r:id="rId1820697f1884ded3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6588,51 +6588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61516963b3b891427" w:history="1">
+      <w:hyperlink r:id="rId9961697f1884deeef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6678,51 +6678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52416963b3b8914b5" w:history="1">
+      <w:hyperlink r:id="rId3969697f1884def81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6788,51 +6788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11216963b3b891561" w:history="1">
+      <w:hyperlink r:id="rId8599697f1884df031" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33836963b3b89164a" w:history="1">
+      <w:hyperlink r:id="rId1364697f1884df11e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7182,51 +7182,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 313-329</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24626963b3b8917d9" w:history="1">
+      <w:hyperlink r:id="rId8658697f1884df2b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/15-063</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7272,51 +7272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 654702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81196963b3b891882" w:history="1">
+      <w:hyperlink r:id="rId9541697f1884df346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/ffgc.2021.654702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7373,51 +7373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoparasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 341–359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53106963b3b891926" w:history="1">
+      <w:hyperlink r:id="rId5662697f1884df3e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-017-0598-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7483,51 +7483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74056963b3b8919d4" w:history="1">
+      <w:hyperlink r:id="rId3590697f1884df496" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7604,51 +7604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mSphere </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00810-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36696963b3b891a98" w:history="1">
+      <w:hyperlink r:id="rId9178697f1884df55b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mSphere.00810-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7694,51 +7694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277–290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41716963b3b891b26" w:history="1">
+      <w:hyperlink r:id="rId1559697f1884df5e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi: 10.1016/j.fgb.2014.10.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7862,51 +7862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1597-1609. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40316963b3b891c3d" w:history="1">
+      <w:hyperlink r:id="rId9569697f1884df6f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2035-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7952,51 +7952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70316963b3b891ccd" w:history="1">
+      <w:hyperlink r:id="rId6554697f1884df784" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13146963b3b891d3d" w:history="1">
+      <w:hyperlink r:id="rId7737697f1884df7f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86406963b3b891dcd" w:history="1">
+      <w:hyperlink r:id="rId5171697f1884df884" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8202,51 +8202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299-307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59946963b3b891e5c" w:history="1">
+      <w:hyperlink r:id="rId6980697f1884df914" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 233–240. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72386963b3b891f09" w:history="1">
+      <w:hyperlink r:id="rId8486697f1884df9c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-07-16-1046-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8422,51 +8422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96166963b3b891fb5" w:history="1">
+      <w:hyperlink r:id="rId2892697f1884dfa83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8492,51 +8492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34386963b3b892025" w:history="1">
+      <w:hyperlink r:id="rId7970697f1884dfaf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8562,51 +8562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41496963b3b892099" w:history="1">
+      <w:hyperlink r:id="rId7123697f1884dfb6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8672,51 +8672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55136963b3b89214d" w:history="1">
+      <w:hyperlink r:id="rId2590697f1884dfc24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8729,63 +8729,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59627870" name="name25056963b3b89222d" descr="eu_funding_250.png"/>
+            <wp:docPr id="64504332" name="name6245697f1884dfcf8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId42416963b3b89222b" cstate="print"/>
+                    <a:blip r:embed="rId5949697f1884dfcf7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8883,137 +8883,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11293030">
+  <w:abstractNum w:abstractNumId="27347658">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34466731">
+    <w:lvl w:ilvl="0" w:tplc="36169118">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34466731" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36169118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34466731" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36169118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34466731" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36169118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34466731" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36169118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34466731" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36169118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34466731" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36169118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34466731" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36169118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34466731" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36169118" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11293029">
+  <w:abstractNum w:abstractNumId="27347657">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="39752857">
+    <w:lvl w:ilvl="0" w:tplc="35918003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9765,55 +9765,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11293029">
-    <w:abstractNumId w:val="11293029"/>
+  <w:num w:numId="27347657">
+    <w:abstractNumId w:val="27347657"/>
   </w:num>
-  <w:num w:numId="11293030">
-    <w:abstractNumId w:val="11293030"/>
+  <w:num w:numId="27347658">
+    <w:abstractNumId w:val="27347658"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21363,51 +21363,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId330174560" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId195944960" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId21726963b3b88de7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId40946963b3b88dee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId51226963b3b890e3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId12416963b3b890ed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId32066963b3b890f81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId64276963b3b89101e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId37366963b3b8910ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId77036963b3b89111b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId29436963b3b89116d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId89496963b3b891219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId95066963b3b891288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId61516963b3b891427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId52416963b3b8914b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId11216963b3b891561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId33836963b3b89164a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId24626963b3b8917d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId81196963b3b891882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId53106963b3b891926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId74056963b3b8919d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId36696963b3b891a98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId41716963b3b891b26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId40316963b3b891c3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId70316963b3b891ccd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId13146963b3b891d3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId86406963b3b891dcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId59946963b3b891e5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId72386963b3b891f09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId96166963b3b891fb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId34386963b3b892025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId41496963b3b892099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId55136963b3b89214d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId39926963b3b890093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39926963b3b890093.jpg"/><Relationship Id="rId42416963b3b89222b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId42416963b3b89222b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId643795833" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId327815505" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9005697f1884db606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId6961697f1884db670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId7774697f1884de8be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId5744697f1884de954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId4184697f1884dea03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId7689697f1884deab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId1536697f1884deb42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId2382697f1884debb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId2190697f1884dec05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId5303697f1884deccc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId1820697f1884ded3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId9961697f1884deeef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId3969697f1884def81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId8599697f1884df031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId1364697f1884df11e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId8658697f1884df2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId9541697f1884df346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId5662697f1884df3e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId3590697f1884df496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId9178697f1884df55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId1559697f1884df5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId9569697f1884df6f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId6554697f1884df784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId7737697f1884df7f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId5171697f1884df884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId6980697f1884df914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId8486697f1884df9c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId2892697f1884dfa83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId7970697f1884dfaf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId7123697f1884dfb6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId2590697f1884dfc24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4842697f1884ddb38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4842697f1884ddb38.jpg"/><Relationship Id="rId5949697f1884dfcf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5949697f1884dfcf7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>