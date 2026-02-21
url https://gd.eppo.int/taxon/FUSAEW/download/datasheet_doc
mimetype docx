--- v4 (2026-02-01)
+++ v5 (2026-02-21)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (S. Freeman, Z. Mendel, T. Aoki &amp; O’Donnell) Sandoval-Denis, L. Lombard &amp; Crous</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fusarium dieback, Fusarium wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9005697f1884db606" w:history="1">
+            <w:hyperlink r:id="rId37386999da732e63e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6961697f1884db670" w:history="1">
+            <w:hyperlink r:id="rId17376999da732e6b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3848,63 +3848,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2022). Removal of the host plants resulted in eradication of the beetle and its fungal symbiont (EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="50306149" name="name1408697f1884ddb3b" descr="FUSAEW_distribution_map.jpg"/>
+            <wp:docPr id="90372913" name="name56046999da7330e7f" descr="FUSAEW_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAEW_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4842697f1884ddb38" cstate="print"/>
+                    <a:blip r:embed="rId14726999da7330e7b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7774697f1884de8be" w:history="1">
+      <w:hyperlink r:id="rId34816999da7331c76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.2141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5744697f1884de954" w:history="1">
+      <w:hyperlink r:id="rId42696999da7331d25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5842,51 +5842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4184697f1884dea03" w:history="1">
+      <w:hyperlink r:id="rId74276999da7331ddb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5932,51 +5932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), е100116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7689697f1884deab1" w:history="1">
+      <w:hyperlink r:id="rId19746999da7331e7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.simyco.2021.100116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6022,51 +6022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1712-1720. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1536697f1884deb42" w:history="1">
+      <w:hyperlink r:id="rId32386999da7331f0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13600</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6092,101 +6092,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2382697f1884debb2" w:history="1">
+      <w:hyperlink r:id="rId87586999da7331f7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2190697f1884dec05" w:history="1">
+      <w:hyperlink r:id="rId30406999da7331fd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/EUWAWH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6252,51 +6252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5303697f1884deccc" w:history="1">
+      <w:hyperlink r:id="rId12076999da7332085" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6322,51 +6322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1820697f1884ded3f" w:history="1">
+      <w:hyperlink r:id="rId43596999da73320f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6588,51 +6588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9961697f1884deeef" w:history="1">
+      <w:hyperlink r:id="rId42916999da73322a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6678,51 +6678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3969697f1884def81" w:history="1">
+      <w:hyperlink r:id="rId34296999da7332332" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6788,51 +6788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8599697f1884df031" w:history="1">
+      <w:hyperlink r:id="rId42886999da73323e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1364697f1884df11e" w:history="1">
+      <w:hyperlink r:id="rId15996999da73324cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7182,51 +7182,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 313-329</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8658697f1884df2b4" w:history="1">
+      <w:hyperlink r:id="rId93256999da7332657" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/15-063</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7272,51 +7272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 654702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9541697f1884df346" w:history="1">
+      <w:hyperlink r:id="rId97216999da73326ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/ffgc.2021.654702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7373,51 +7373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoparasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 341–359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5662697f1884df3e8" w:history="1">
+      <w:hyperlink r:id="rId64996999da7332797" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-017-0598-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7483,51 +7483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3590697f1884df496" w:history="1">
+      <w:hyperlink r:id="rId84136999da7332849" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7604,51 +7604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mSphere </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00810-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9178697f1884df55b" w:history="1">
+      <w:hyperlink r:id="rId84416999da7332910" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mSphere.00810-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7694,51 +7694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277–290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1559697f1884df5e9" w:history="1">
+      <w:hyperlink r:id="rId30196999da73329a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi: 10.1016/j.fgb.2014.10.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7862,51 +7862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1597-1609. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9569697f1884df6f6" w:history="1">
+      <w:hyperlink r:id="rId44366999da7332aaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2035-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7952,51 +7952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6554697f1884df784" w:history="1">
+      <w:hyperlink r:id="rId36826999da7332b7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7737697f1884df7f4" w:history="1">
+      <w:hyperlink r:id="rId39566999da7332bf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5171697f1884df884" w:history="1">
+      <w:hyperlink r:id="rId91736999da7332cba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8202,51 +8202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299-307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6980697f1884df914" w:history="1">
+      <w:hyperlink r:id="rId11206999da7332d50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 233–240. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8486697f1884df9c3" w:history="1">
+      <w:hyperlink r:id="rId21996999da7332e03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-07-16-1046-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8422,51 +8422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2892697f1884dfa83" w:history="1">
+      <w:hyperlink r:id="rId95426999da7332eb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8492,51 +8492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7970697f1884dfaf8" w:history="1">
+      <w:hyperlink r:id="rId57766999da7332f29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8562,51 +8562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7123697f1884dfb6e" w:history="1">
+      <w:hyperlink r:id="rId11046999da7332fa0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8672,51 +8672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2590697f1884dfc24" w:history="1">
+      <w:hyperlink r:id="rId83026999da7333058" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8729,63 +8729,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64504332" name="name6245697f1884dfcf8" descr="eu_funding_250.png"/>
+            <wp:docPr id="41409210" name="name29826999da7333104" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5949697f1884dfcf7" cstate="print"/>
+                    <a:blip r:embed="rId24206999da7333103" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8883,137 +8883,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="27347658">
+  <w:abstractNum w:abstractNumId="42999164">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36169118">
+    <w:lvl w:ilvl="0" w:tplc="15161027">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36169118" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15161027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36169118" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15161027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36169118" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15161027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36169118" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15161027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36169118" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15161027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36169118" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15161027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36169118" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15161027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36169118" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15161027" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27347657">
+  <w:abstractNum w:abstractNumId="42999163">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35918003">
+    <w:lvl w:ilvl="0" w:tplc="24321201">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9765,55 +9765,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27347657">
-    <w:abstractNumId w:val="27347657"/>
+  <w:num w:numId="42999163">
+    <w:abstractNumId w:val="42999163"/>
   </w:num>
-  <w:num w:numId="27347658">
-    <w:abstractNumId w:val="27347658"/>
+  <w:num w:numId="42999164">
+    <w:abstractNumId w:val="42999164"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21363,51 +21363,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId643795833" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId327815505" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9005697f1884db606" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId6961697f1884db670" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId7774697f1884de8be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId5744697f1884de954" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId4184697f1884dea03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId7689697f1884deab1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId1536697f1884deb42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId2382697f1884debb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId2190697f1884dec05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId5303697f1884deccc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId1820697f1884ded3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId9961697f1884deeef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId3969697f1884def81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId8599697f1884df031" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId1364697f1884df11e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId8658697f1884df2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId9541697f1884df346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId5662697f1884df3e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId3590697f1884df496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId9178697f1884df55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId1559697f1884df5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId9569697f1884df6f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId6554697f1884df784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId7737697f1884df7f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId5171697f1884df884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId6980697f1884df914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId8486697f1884df9c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId2892697f1884dfa83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId7970697f1884dfaf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId7123697f1884dfb6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId2590697f1884dfc24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4842697f1884ddb38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4842697f1884ddb38.jpg"/><Relationship Id="rId5949697f1884dfcf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5949697f1884dfcf7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId758759887" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId602443130" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37386999da732e63e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId17376999da732e6b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId34816999da7331c76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId42696999da7331d25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId74276999da7331ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId19746999da7331e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId32386999da7331f0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId87586999da7331f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId30406999da7331fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId12076999da7332085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId43596999da73320f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId42916999da73322a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId34296999da7332332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId42886999da73323e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId15996999da73324cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId93256999da7332657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId97216999da73326ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId64996999da7332797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId84136999da7332849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId84416999da7332910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId30196999da73329a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId44366999da7332aaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId36826999da7332b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId39566999da7332bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId91736999da7332cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId11206999da7332d50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId21996999da7332e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId95426999da7332eb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId57766999da7332f29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId11046999da7332fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId83026999da7333058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14726999da7330e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14726999da7330e7b.jpg"/><Relationship Id="rId24206999da7333103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24206999da7333103.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>