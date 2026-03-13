--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -270,51 +270,51 @@
               <w:t xml:space="preserve"> (S. Freeman, Z. Mendel, T. Aoki &amp; O’Donnell) Sandoval-Denis, L. Lombard &amp; Crous</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Fusarium dieback, Fusarium wilt</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37386999da732e63e" w:history="1">
+            <w:hyperlink r:id="rId261469b46c191bb44" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -330,51 +330,51 @@
               <w:t xml:space="preserve"> A2 list, Alert list (formerly)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId17376999da732e6b5" w:history="1">
+            <w:hyperlink r:id="rId641569b46c191bbbb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -3848,63 +3848,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2022). Removal of the host plants resulted in eradication of the beetle and its fungal symbiont (EPPO, 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90372913" name="name56046999da7330e7f" descr="FUSAEW_distribution_map.jpg"/>
+            <wp:docPr id="59194674" name="name295169b46c191e522" descr="FUSAEW_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAEW_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14726999da7330e7b" cstate="print"/>
+                    <a:blip r:embed="rId222169b46c191e51d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5642,51 +5642,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">PeerJ </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e2141. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34816999da7331c76" w:history="1">
+      <w:hyperlink r:id="rId663369b46c191f310" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.2141</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5732,51 +5732,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42696999da7331d25" w:history="1">
+      <w:hyperlink r:id="rId327869b46c191f3ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5842,51 +5842,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74276999da7331ddb" w:history="1">
+      <w:hyperlink r:id="rId139269b46c191f480" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5932,51 +5932,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), е100116. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19746999da7331e7d" w:history="1">
+      <w:hyperlink r:id="rId756469b46c191f52e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.simyco.2021.100116</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6022,51 +6022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1712-1720. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32386999da7331f0e" w:history="1">
+      <w:hyperlink r:id="rId861869b46c191f5bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.13600</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6092,101 +6092,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87586999da7331f7f" w:history="1">
+      <w:hyperlink r:id="rId596469b46c191f62f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30406999da7331fd4" w:history="1">
+      <w:hyperlink r:id="rId233769b46c191f684" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/EUWAWH</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6252,51 +6252,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12076999da7332085" w:history="1">
+      <w:hyperlink r:id="rId932169b46c191f732" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6322,51 +6322,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43596999da73320f8" w:history="1">
+      <w:hyperlink r:id="rId723169b46c191f7a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6588,51 +6588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42916999da73322a2" w:history="1">
+      <w:hyperlink r:id="rId732569b46c191f949" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6678,51 +6678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34296999da7332332" w:history="1">
+      <w:hyperlink r:id="rId666469b46c191f9d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6788,51 +6788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42886999da73323e2" w:history="1">
+      <w:hyperlink r:id="rId915069b46c191fa8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6936,51 +6936,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15996999da73324cf" w:history="1">
+      <w:hyperlink r:id="rId757669b46c191fb78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7182,51 +7182,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 313-329</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93256999da7332657" w:history="1">
+      <w:hyperlink r:id="rId518469b46c191fd00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/15-063</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7272,51 +7272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 654702. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97216999da73326ea" w:history="1">
+      <w:hyperlink r:id="rId657169b46c191fd9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/ffgc.2021.654702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7373,51 +7373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytoparasitica </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 341–359. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64996999da7332797" w:history="1">
+      <w:hyperlink r:id="rId559669b46c191ff0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-017-0598-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7483,51 +7483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84136999da7332849" w:history="1">
+      <w:hyperlink r:id="rId451869b46c191ffc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7604,51 +7604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">mSphere </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00810-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84416999da7332910" w:history="1">
+      <w:hyperlink r:id="rId983769b46c1920093" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mSphere.00810-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7694,51 +7694,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 277–290. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30196999da73329a0" w:history="1">
+      <w:hyperlink r:id="rId616369b46c1920125" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi: 10.1016/j.fgb.2014.10.014</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7862,51 +7862,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">106</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1597-1609. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44366999da7332aaf" w:history="1">
+      <w:hyperlink r:id="rId183969b46c1920234" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-21-2035-SR</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7952,51 +7952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36826999da7332b7e" w:history="1">
+      <w:hyperlink r:id="rId156569b46c19202c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39566999da7332bf2" w:history="1">
+      <w:hyperlink r:id="rId634969b46c1920335" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91736999da7332cba" w:history="1">
+      <w:hyperlink r:id="rId515869b46c19203e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8202,51 +8202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299-307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11206999da7332d50" w:history="1">
+      <w:hyperlink r:id="rId357969b46c192047b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 233–240. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21996999da7332e03" w:history="1">
+      <w:hyperlink r:id="rId332369b46c1920537" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-07-16-1046-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8422,51 +8422,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95426999da7332eb5" w:history="1">
+      <w:hyperlink r:id="rId261069b46c19205fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8492,51 +8492,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57766999da7332f29" w:history="1">
+      <w:hyperlink r:id="rId687369b46c1920671" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -8562,51 +8562,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11046999da7332fa0" w:history="1">
+      <w:hyperlink r:id="rId926369b46c19206eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8672,51 +8672,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83026999da7333058" w:history="1">
+      <w:hyperlink r:id="rId881569b46c19207a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8729,63 +8729,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="41409210" name="name29826999da7333104" descr="eu_funding_250.png"/>
+            <wp:docPr id="281672" name="name649869b46c192088c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24206999da7333103" cstate="print"/>
+                    <a:blip r:embed="rId860269b46c192088b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8883,137 +8883,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42999164">
+  <w:abstractNum w:abstractNumId="80460254">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15161027">
+    <w:lvl w:ilvl="0" w:tplc="58303065">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15161027" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58303065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15161027" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58303065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15161027" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58303065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15161027" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58303065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15161027" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58303065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15161027" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58303065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15161027" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58303065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15161027" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58303065" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42999163">
+  <w:abstractNum w:abstractNumId="80460253">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24321201">
+    <w:lvl w:ilvl="0" w:tplc="92031518">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9765,55 +9765,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42999163">
-    <w:abstractNumId w:val="42999163"/>
+  <w:num w:numId="80460253">
+    <w:abstractNumId w:val="80460253"/>
   </w:num>
-  <w:num w:numId="42999164">
-    <w:abstractNumId w:val="42999164"/>
+  <w:num w:numId="80460254">
+    <w:abstractNumId w:val="80460254"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21363,51 +21363,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId758759887" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId602443130" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37386999da732e63e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId17376999da732e6b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId34816999da7331c76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId42696999da7331d25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId74276999da7331ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId19746999da7331e7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId32386999da7331f0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId87586999da7331f7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId30406999da7331fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId12076999da7332085" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId43596999da73320f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId42916999da73322a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId34296999da7332332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId42886999da73323e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId15996999da73324cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId93256999da7332657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId97216999da73326ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId64996999da7332797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId84136999da7332849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId84416999da7332910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId30196999da73329a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId44366999da7332aaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId36826999da7332b7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId39566999da7332bf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId91736999da7332cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId11206999da7332d50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId21996999da7332e03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId95426999da7332eb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId57766999da7332f29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId11046999da7332fa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId83026999da7333058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14726999da7330e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14726999da7330e7b.jpg"/><Relationship Id="rId24206999da7333103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId24206999da7333103.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId373680365" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId880688766" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId261469b46c191bb44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/" TargetMode="External"/><Relationship Id="rId641569b46c191bbbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAEW/categorization" TargetMode="External"/><Relationship Id="rId663369b46c191f310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.2141" TargetMode="External"/><Relationship Id="rId327869b46c191f3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId139269b46c191f480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId756469b46c191f52e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.simyco.2021.100116" TargetMode="External"/><Relationship Id="rId861869b46c191f5bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.13600" TargetMode="External"/><Relationship Id="rId596469b46c191f62f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId233769b46c191f684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH" TargetMode="External"/><Relationship Id="rId932169b46c191f732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId723169b46c191f7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId732569b46c191f949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId666469b46c191f9d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId915069b46c191fa8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId757669b46c191fb78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId518469b46c191fd00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/15-063" TargetMode="External"/><Relationship Id="rId657169b46c191fd9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/ffgc.2021.654702" TargetMode="External"/><Relationship Id="rId559669b46c191ff0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-017-0598-6" TargetMode="External"/><Relationship Id="rId451869b46c191ffc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId983769b46c1920093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mSphere.00810-20" TargetMode="External"/><Relationship Id="rId616369b46c1920125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi:%2010.1016/j.fgb.2014.10.014" TargetMode="External"/><Relationship Id="rId183969b46c1920234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-21-2035-SR" TargetMode="External"/><Relationship Id="rId156569b46c19202c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId634969b46c1920335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId515869b46c19203e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId357969b46c192047b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId332369b46c1920537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-07-16-1046-RE" TargetMode="External"/><Relationship Id="rId261069b46c19205fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId687369b46c1920671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId926369b46c19206eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId881569b46c19207a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId222169b46c191e51d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId222169b46c191e51d.jpg"/><Relationship Id="rId860269b46c192088b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId860269b46c192088b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>