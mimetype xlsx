--- v0 (2025-10-04)
+++ v1 (2026-02-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FUSACB" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="305">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Benin</t>
   </si>
   <si>
@@ -584,132 +584,165 @@
   <si>
     <t>Hunan</t>
   </si>
   <si>
     <t>hu</t>
   </si>
   <si>
     <t>Yunnan</t>
   </si>
   <si>
     <t>yn</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Andhra Pradesh</t>
   </si>
   <si>
     <t>an</t>
   </si>
   <si>
+    <t>Arunachal Pradesh</t>
+  </si>
+  <si>
+    <t>ar</t>
+  </si>
+  <si>
+    <t>Assam</t>
+  </si>
+  <si>
+    <t>as</t>
+  </si>
+  <si>
     <t>Bihar</t>
   </si>
   <si>
     <t>bh</t>
   </si>
   <si>
     <t>Gujarat</t>
   </si>
   <si>
     <t>gj</t>
   </si>
   <si>
     <t>Karnataka</t>
   </si>
   <si>
     <t>kt</t>
   </si>
   <si>
     <t>Kerala</t>
   </si>
   <si>
     <t>kr</t>
   </si>
   <si>
     <t>Madhya Pradesh</t>
   </si>
   <si>
     <t>mp</t>
   </si>
   <si>
     <t>Maharashtra</t>
   </si>
   <si>
     <t>mh</t>
   </si>
   <si>
+    <t>Meghalaya</t>
+  </si>
+  <si>
+    <t>ml</t>
+  </si>
+  <si>
+    <t>Nagaland</t>
+  </si>
+  <si>
+    <t>nl</t>
+  </si>
+  <si>
+    <t>Odisha</t>
+  </si>
+  <si>
+    <t>or</t>
+  </si>
+  <si>
     <t>Tamil Nadu</t>
   </si>
   <si>
     <t>tn</t>
   </si>
   <si>
+    <t>Tripura</t>
+  </si>
+  <si>
+    <t>tp</t>
+  </si>
+  <si>
     <t>Uttar Pradesh</t>
   </si>
   <si>
     <t>up</t>
   </si>
   <si>
     <t>West Bengal</t>
   </si>
   <si>
     <t>wb</t>
   </si>
   <si>
     <t>Indonesia</t>
   </si>
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Irian Jaya</t>
   </si>
   <si>
     <t>ij</t>
   </si>
   <si>
     <t>Java</t>
   </si>
   <si>
     <t>jv</t>
   </si>
   <si>
     <t>Kalimantan</t>
   </si>
   <si>
     <t>km</t>
   </si>
   <si>
     <t>Maluku</t>
-  </si>
-[...1 lines deleted...]
-    <t>ml</t>
   </si>
   <si>
     <t>Sulawesi</t>
   </si>
   <si>
     <t>sl</t>
   </si>
   <si>
     <t>Sumatra</t>
   </si>
   <si>
     <t>sm</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Transient</t>
   </si>
   <si>
     <t>Jordan</t>
   </si>
@@ -1241,51 +1274,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F140"/>
+  <dimension ref="A1:F146"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="23.423" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2770,51 +2803,51 @@
         <v>184</v>
       </c>
       <c r="D88" t="s">
         <v>173</v>
       </c>
       <c r="E88" t="s">
         <v>185</v>
       </c>
       <c r="F88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>167</v>
       </c>
       <c r="B89" t="s">
         <v>186</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
         <v>187</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
-        <v>46</v>
+        <v>138</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
         <v>167</v>
       </c>
       <c r="B90" t="s">
         <v>186</v>
       </c>
       <c r="C90" t="s">
         <v>188</v>
       </c>
       <c r="D90" t="s">
         <v>187</v>
       </c>
       <c r="E90" t="s">
         <v>189</v>
       </c>
       <c r="F90" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
         <v>167</v>
@@ -2978,754 +3011,874 @@
     <row r="99" spans="1:6">
       <c r="A99" t="s">
         <v>167</v>
       </c>
       <c r="B99" t="s">
         <v>186</v>
       </c>
       <c r="C99" t="s">
         <v>206</v>
       </c>
       <c r="D99" t="s">
         <v>187</v>
       </c>
       <c r="E99" t="s">
         <v>207</v>
       </c>
       <c r="F99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
         <v>167</v>
       </c>
       <c r="B100" t="s">
+        <v>186</v>
+      </c>
+      <c r="C100" t="s">
         <v>208</v>
       </c>
-      <c r="C100"/>
       <c r="D100" t="s">
+        <v>187</v>
+      </c>
+      <c r="E100" t="s">
         <v>209</v>
       </c>
-      <c r="E100"/>
       <c r="F100" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
         <v>167</v>
       </c>
       <c r="B101" t="s">
-        <v>208</v>
+        <v>186</v>
       </c>
       <c r="C101" t="s">
         <v>210</v>
       </c>
       <c r="D101" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="E101" t="s">
         <v>211</v>
       </c>
       <c r="F101" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
         <v>167</v>
       </c>
       <c r="B102" t="s">
-        <v>208</v>
+        <v>186</v>
       </c>
       <c r="C102" t="s">
         <v>212</v>
       </c>
       <c r="D102" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="E102" t="s">
         <v>213</v>
       </c>
       <c r="F102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
         <v>167</v>
       </c>
       <c r="B103" t="s">
-        <v>208</v>
+        <v>186</v>
       </c>
       <c r="C103" t="s">
         <v>214</v>
       </c>
       <c r="D103" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="E103" t="s">
         <v>215</v>
       </c>
       <c r="F103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
         <v>167</v>
       </c>
       <c r="B104" t="s">
-        <v>208</v>
+        <v>186</v>
       </c>
       <c r="C104" t="s">
         <v>216</v>
       </c>
       <c r="D104" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="E104" t="s">
         <v>217</v>
       </c>
       <c r="F104" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
         <v>167</v>
       </c>
       <c r="B105" t="s">
-        <v>208</v>
+        <v>186</v>
       </c>
       <c r="C105" t="s">
         <v>218</v>
       </c>
       <c r="D105" t="s">
-        <v>209</v>
+        <v>187</v>
       </c>
       <c r="E105" t="s">
         <v>219</v>
       </c>
       <c r="F105" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
         <v>167</v>
       </c>
       <c r="B106" t="s">
-        <v>208</v>
-[...1 lines deleted...]
-      <c r="C106" t="s">
         <v>220</v>
       </c>
+      <c r="C106"/>
       <c r="D106" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="E106" t="s">
         <v>221</v>
       </c>
+      <c r="E106"/>
       <c r="F106" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>167</v>
       </c>
       <c r="B107" t="s">
+        <v>220</v>
+      </c>
+      <c r="C107" t="s">
         <v>222</v>
       </c>
-      <c r="C107"/>
       <c r="D107" t="s">
+        <v>221</v>
+      </c>
+      <c r="E107" t="s">
         <v>223</v>
       </c>
-      <c r="E107"/>
       <c r="F107" t="s">
-        <v>224</v>
+        <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>167</v>
       </c>
       <c r="B108" t="s">
+        <v>220</v>
+      </c>
+      <c r="C108" t="s">
+        <v>224</v>
+      </c>
+      <c r="D108" t="s">
+        <v>221</v>
+      </c>
+      <c r="E108" t="s">
         <v>225</v>
       </c>
-      <c r="C108"/>
-[...3 lines deleted...]
-      <c r="E108"/>
       <c r="F108" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>167</v>
       </c>
       <c r="B109" t="s">
+        <v>220</v>
+      </c>
+      <c r="C109" t="s">
+        <v>226</v>
+      </c>
+      <c r="D109" t="s">
+        <v>221</v>
+      </c>
+      <c r="E109" t="s">
         <v>227</v>
       </c>
-      <c r="C109"/>
-[...3 lines deleted...]
-      <c r="E109"/>
       <c r="F109" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>167</v>
       </c>
       <c r="B110" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="C110"/>
+        <v>220</v>
+      </c>
+      <c r="C110" t="s">
+        <v>228</v>
+      </c>
       <c r="D110" t="s">
-        <v>230</v>
-[...1 lines deleted...]
-      <c r="E110"/>
+        <v>221</v>
+      </c>
+      <c r="E110" t="s">
+        <v>207</v>
+      </c>
       <c r="F110" t="s">
-        <v>231</v>
+        <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>167</v>
       </c>
       <c r="B111" t="s">
-        <v>232</v>
-[...1 lines deleted...]
-      <c r="C111"/>
+        <v>220</v>
+      </c>
+      <c r="C111" t="s">
+        <v>229</v>
+      </c>
       <c r="D111" t="s">
-        <v>233</v>
-[...1 lines deleted...]
-      <c r="E111"/>
+        <v>221</v>
+      </c>
+      <c r="E111" t="s">
+        <v>230</v>
+      </c>
       <c r="F111" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
         <v>167</v>
       </c>
       <c r="B112" t="s">
+        <v>220</v>
+      </c>
+      <c r="C112" t="s">
+        <v>231</v>
+      </c>
+      <c r="D112" t="s">
+        <v>221</v>
+      </c>
+      <c r="E112" t="s">
         <v>232</v>
-      </c>
-[...7 lines deleted...]
-        <v>235</v>
       </c>
       <c r="F112" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
         <v>167</v>
       </c>
       <c r="B113" t="s">
-        <v>232</v>
-[...3 lines deleted...]
-      </c>
+        <v>233</v>
+      </c>
+      <c r="C113"/>
       <c r="D113" t="s">
-        <v>233</v>
-[...3 lines deleted...]
-      </c>
+        <v>234</v>
+      </c>
+      <c r="E113"/>
       <c r="F113" t="s">
-        <v>9</v>
+        <v>235</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
         <v>167</v>
       </c>
       <c r="B114" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>167</v>
       </c>
       <c r="B115" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
         <v>167</v>
       </c>
       <c r="B116" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
-        <v>9</v>
+        <v>242</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
         <v>167</v>
       </c>
       <c r="B117" t="s">
-        <v>244</v>
+        <v>243</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
-        <v>245</v>
+        <v>244</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
         <v>167</v>
       </c>
       <c r="B118" t="s">
+        <v>243</v>
+      </c>
+      <c r="C118" t="s">
+        <v>245</v>
+      </c>
+      <c r="D118" t="s">
+        <v>244</v>
+      </c>
+      <c r="E118" t="s">
         <v>246</v>
       </c>
-      <c r="C118"/>
-[...3 lines deleted...]
-      <c r="E118"/>
       <c r="F118" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
         <v>167</v>
       </c>
       <c r="B119" t="s">
+        <v>243</v>
+      </c>
+      <c r="C119" t="s">
+        <v>247</v>
+      </c>
+      <c r="D119" t="s">
+        <v>244</v>
+      </c>
+      <c r="E119" t="s">
         <v>248</v>
       </c>
-      <c r="C119"/>
-[...3 lines deleted...]
-      <c r="E119"/>
       <c r="F119" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
         <v>167</v>
       </c>
       <c r="B120" t="s">
-        <v>250</v>
+        <v>249</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
-        <v>251</v>
+        <v>250</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>138</v>
+        <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>167</v>
       </c>
       <c r="B121" t="s">
-        <v>252</v>
+        <v>251</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
-        <v>253</v>
+        <v>252</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
         <v>167</v>
       </c>
       <c r="B122" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="C122"/>
       <c r="D122" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
         <v>167</v>
       </c>
       <c r="B123" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
-        <v>257</v>
+        <v>256</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>258</v>
+        <v>167</v>
       </c>
       <c r="B124" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="C124"/>
       <c r="D124" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="E124"/>
       <c r="F124" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>258</v>
+        <v>167</v>
       </c>
       <c r="B125" t="s">
         <v>259</v>
       </c>
-      <c r="C125" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C125"/>
       <c r="D125" t="s">
         <v>260</v>
       </c>
-      <c r="E125" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E125"/>
       <c r="F125" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>258</v>
+        <v>167</v>
       </c>
       <c r="B126" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="C126"/>
       <c r="D126" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="E126"/>
       <c r="F126" t="s">
-        <v>46</v>
+        <v>138</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>258</v>
+        <v>167</v>
       </c>
       <c r="B127" t="s">
         <v>263</v>
       </c>
-      <c r="C127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C127"/>
       <c r="D127" t="s">
         <v>264</v>
       </c>
-      <c r="E127" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E127"/>
       <c r="F127" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>258</v>
+        <v>167</v>
       </c>
       <c r="B128" t="s">
-        <v>267</v>
+        <v>265</v>
       </c>
       <c r="C128"/>
       <c r="D128" t="s">
-        <v>268</v>
+        <v>266</v>
       </c>
       <c r="E128"/>
       <c r="F128" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>269</v>
+        <v>167</v>
       </c>
       <c r="B129" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="C129"/>
       <c r="D129" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="E129"/>
       <c r="F129" t="s">
-        <v>46</v>
+        <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
         <v>269</v>
       </c>
       <c r="B130" t="s">
         <v>270</v>
       </c>
-      <c r="C130" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C130"/>
       <c r="D130" t="s">
         <v>271</v>
       </c>
-      <c r="E130" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="E130"/>
       <c r="F130" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>269</v>
       </c>
       <c r="B131" t="s">
         <v>270</v>
       </c>
       <c r="C131" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="D131" t="s">
         <v>271</v>
       </c>
       <c r="E131" t="s">
-        <v>275</v>
+        <v>273</v>
       </c>
       <c r="F131" t="s">
-        <v>231</v>
+        <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
         <v>269</v>
       </c>
       <c r="B132" t="s">
-        <v>270</v>
-[...3 lines deleted...]
-      </c>
+        <v>274</v>
+      </c>
+      <c r="C132"/>
       <c r="D132" t="s">
-        <v>271</v>
-[...3 lines deleted...]
-      </c>
+        <v>275</v>
+      </c>
+      <c r="E132"/>
       <c r="F132" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
         <v>269</v>
       </c>
       <c r="B133" t="s">
-        <v>270</v>
+        <v>274</v>
       </c>
       <c r="C133" t="s">
-        <v>278</v>
+        <v>276</v>
       </c>
       <c r="D133" t="s">
-        <v>271</v>
+        <v>275</v>
       </c>
       <c r="E133" t="s">
-        <v>279</v>
+        <v>277</v>
       </c>
       <c r="F133" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
         <v>269</v>
       </c>
       <c r="B134" t="s">
-        <v>280</v>
+        <v>278</v>
       </c>
       <c r="C134"/>
       <c r="D134" t="s">
-        <v>281</v>
+        <v>279</v>
       </c>
       <c r="E134"/>
       <c r="F134" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B135" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C135"/>
       <c r="D135" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="E135"/>
       <c r="F135" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B136" t="s">
+        <v>281</v>
+      </c>
+      <c r="C136" t="s">
+        <v>283</v>
+      </c>
+      <c r="D136" t="s">
+        <v>282</v>
+      </c>
+      <c r="E136" t="s">
         <v>284</v>
       </c>
-      <c r="C136"/>
-[...3 lines deleted...]
-      <c r="E136"/>
       <c r="F136" t="s">
-        <v>9</v>
+        <v>46</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B137" t="s">
+        <v>281</v>
+      </c>
+      <c r="C137" t="s">
+        <v>285</v>
+      </c>
+      <c r="D137" t="s">
+        <v>282</v>
+      </c>
+      <c r="E137" t="s">
         <v>286</v>
       </c>
-      <c r="C137"/>
-[...3 lines deleted...]
-      <c r="E137"/>
       <c r="F137" t="s">
-        <v>9</v>
+        <v>242</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B138" t="s">
+        <v>281</v>
+      </c>
+      <c r="C138" t="s">
+        <v>287</v>
+      </c>
+      <c r="D138" t="s">
+        <v>282</v>
+      </c>
+      <c r="E138" t="s">
         <v>288</v>
       </c>
-      <c r="C138"/>
-[...3 lines deleted...]
-      <c r="E138"/>
       <c r="F138" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B139" t="s">
+        <v>281</v>
+      </c>
+      <c r="C139" t="s">
+        <v>289</v>
+      </c>
+      <c r="D139" t="s">
+        <v>282</v>
+      </c>
+      <c r="E139" t="s">
         <v>290</v>
       </c>
-      <c r="C139"/>
-[...3 lines deleted...]
-      <c r="E139"/>
       <c r="F139" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
-        <v>269</v>
+        <v>280</v>
       </c>
       <c r="B140" t="s">
-        <v>292</v>
+        <v>291</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="141" spans="1:6">
+      <c r="A141" t="s">
+        <v>280</v>
+      </c>
+      <c r="B141" t="s">
+        <v>293</v>
+      </c>
+      <c r="C141"/>
+      <c r="D141" t="s">
+        <v>294</v>
+      </c>
+      <c r="E141"/>
+      <c r="F141" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="142" spans="1:6">
+      <c r="A142" t="s">
+        <v>280</v>
+      </c>
+      <c r="B142" t="s">
+        <v>295</v>
+      </c>
+      <c r="C142"/>
+      <c r="D142" t="s">
+        <v>296</v>
+      </c>
+      <c r="E142"/>
+      <c r="F142" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="143" spans="1:6">
+      <c r="A143" t="s">
+        <v>280</v>
+      </c>
+      <c r="B143" t="s">
+        <v>297</v>
+      </c>
+      <c r="C143"/>
+      <c r="D143" t="s">
+        <v>298</v>
+      </c>
+      <c r="E143"/>
+      <c r="F143" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="144" spans="1:6">
+      <c r="A144" t="s">
+        <v>280</v>
+      </c>
+      <c r="B144" t="s">
+        <v>299</v>
+      </c>
+      <c r="C144"/>
+      <c r="D144" t="s">
+        <v>300</v>
+      </c>
+      <c r="E144"/>
+      <c r="F144" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="145" spans="1:6">
+      <c r="A145" t="s">
+        <v>280</v>
+      </c>
+      <c r="B145" t="s">
+        <v>301</v>
+      </c>
+      <c r="C145"/>
+      <c r="D145" t="s">
+        <v>302</v>
+      </c>
+      <c r="E145"/>
+      <c r="F145" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="146" spans="1:6">
+      <c r="A146" t="s">
+        <v>280</v>
+      </c>
+      <c r="B146" t="s">
+        <v>303</v>
+      </c>
+      <c r="C146"/>
+      <c r="D146" t="s">
+        <v>304</v>
+      </c>
+      <c r="E146"/>
+      <c r="F146" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>