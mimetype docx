--- v0 (2025-10-08)
+++ v1 (2025-11-04)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Killian &amp; Maire) Malençon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bayoud disease of date palm, fusarium wilt of date palm, tracheomycosis of date palm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId946768e641b5ecb09" w:history="1">
+            <w:hyperlink r:id="rId96136909fb781d055" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId625168e641b5ecb75" w:history="1">
+            <w:hyperlink r:id="rId72296909fb781d0bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="86133923" name="name686468e641b5ed20f" descr="762.jpg"/>
+                  <wp:docPr id="17226161" name="name22386909fb781da31" descr="762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId398168e641b5ed20e" cstate="print"/>
+                          <a:blip r:embed="rId30356909fb781da2e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId170468e641b5ed324" w:history="1">
+            <w:hyperlink r:id="rId38426909fb781db79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1056,63 +1056,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67061603" name="name989368e641b5ee2de" descr="FUSAAL_distribution_map.jpg"/>
+            <wp:docPr id="9133001" name="name83096909fb781ee0c" descr="FUSAAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId917868e641b5ee2db" cstate="print"/>
+                    <a:blip r:embed="rId78646909fb781ee09" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8092,51 +8092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium oxysporum f. sp. albedinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181368e641b5f2ad9" w:history="1">
+      <w:hyperlink r:id="rId38036909fb7821ee2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8428,137 +8428,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46268908">
+  <w:abstractNum w:abstractNumId="22504411">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11153201">
+    <w:lvl w:ilvl="0" w:tplc="81064874">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="11153201" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="81064874" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="11153201" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="81064874" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="11153201" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="81064874" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="11153201" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="81064874" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="11153201" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="81064874" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="11153201" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="81064874" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="11153201" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="81064874" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="11153201" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="81064874" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46268907">
+  <w:abstractNum w:abstractNumId="22504410">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22708437">
+    <w:lvl w:ilvl="0" w:tplc="48935416">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9310,55 +9310,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46268907">
-    <w:abstractNumId w:val="46268907"/>
+  <w:num w:numId="22504410">
+    <w:abstractNumId w:val="22504410"/>
   </w:num>
-  <w:num w:numId="46268908">
-    <w:abstractNumId w:val="46268908"/>
+  <w:num w:numId="22504411">
+    <w:abstractNumId w:val="22504411"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20908,51 +20908,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId759489912" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId610416054" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId946768e641b5ecb09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId625168e641b5ecb75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId170468e641b5ed324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId181368e641b5f2ad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId398168e641b5ed20e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId398168e641b5ed20e.jpg"/><Relationship Id="rId917868e641b5ee2db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId917868e641b5ee2db.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId255085631" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId307618008" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId96136909fb781d055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId72296909fb781d0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId38426909fb781db79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId38036909fb7821ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId30356909fb781da2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30356909fb781da2e.jpg"/><Relationship Id="rId78646909fb781ee09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78646909fb781ee09.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>