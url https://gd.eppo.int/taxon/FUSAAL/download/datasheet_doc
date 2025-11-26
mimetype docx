--- v1 (2025-11-04)
+++ v2 (2025-11-26)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Killian &amp; Maire) Malençon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bayoud disease of date palm, fusarium wilt of date palm, tracheomycosis of date palm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId96136909fb781d055" w:history="1">
+            <w:hyperlink r:id="rId9928692646934d0e8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72296909fb781d0bf" w:history="1">
+            <w:hyperlink r:id="rId8850692646934d155" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="17226161" name="name22386909fb781da31" descr="762.jpg"/>
+                  <wp:docPr id="62073319" name="name2961692646934d26b" descr="762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId30356909fb781da2e" cstate="print"/>
+                          <a:blip r:embed="rId6528692646934d269" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId38426909fb781db79" w:history="1">
+            <w:hyperlink r:id="rId6971692646934d38e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1056,63 +1056,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="9133001" name="name83096909fb781ee0c" descr="FUSAAL_distribution_map.jpg"/>
+            <wp:docPr id="88861889" name="name6142692646934ebe9" descr="FUSAAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78646909fb781ee09" cstate="print"/>
+                    <a:blip r:embed="rId1415692646934ebe5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8092,51 +8092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium oxysporum f. sp. albedinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38036909fb7821ee2" w:history="1">
+      <w:hyperlink r:id="rId44976926469351c30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8428,137 +8428,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22504411">
+  <w:abstractNum w:abstractNumId="67784055">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="81064874">
+    <w:lvl w:ilvl="0" w:tplc="42996015">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="81064874" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="42996015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="81064874" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="42996015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="81064874" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="42996015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="81064874" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="42996015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="81064874" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="42996015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="81064874" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="42996015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="81064874" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="42996015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="81064874" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="42996015" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22504410">
+  <w:abstractNum w:abstractNumId="67784054">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48935416">
+    <w:lvl w:ilvl="0" w:tplc="70356033">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9310,55 +9310,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22504410">
-    <w:abstractNumId w:val="22504410"/>
+  <w:num w:numId="67784054">
+    <w:abstractNumId w:val="67784054"/>
   </w:num>
-  <w:num w:numId="22504411">
-    <w:abstractNumId w:val="22504411"/>
+  <w:num w:numId="67784055">
+    <w:abstractNumId w:val="67784055"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20908,51 +20908,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId255085631" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId307618008" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId96136909fb781d055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId72296909fb781d0bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId38426909fb781db79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId38036909fb7821ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId30356909fb781da2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30356909fb781da2e.jpg"/><Relationship Id="rId78646909fb781ee09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78646909fb781ee09.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688761118" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId972447780" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9928692646934d0e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId8850692646934d155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId6971692646934d38e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId44976926469351c30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6528692646934d269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6528692646934d269.jpg"/><Relationship Id="rId1415692646934ebe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1415692646934ebe5.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>