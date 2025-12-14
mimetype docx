--- v2 (2025-11-26)
+++ v3 (2025-12-14)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Killian &amp; Maire) Malençon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bayoud disease of date palm, fusarium wilt of date palm, tracheomycosis of date palm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9928692646934d0e8" w:history="1">
+            <w:hyperlink r:id="rId7343693ed6dfbe2f0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8850692646934d155" w:history="1">
+            <w:hyperlink r:id="rId8356693ed6dfbe360" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="62073319" name="name2961692646934d26b" descr="762.jpg"/>
+                  <wp:docPr id="19088039" name="name9400693ed6dfbe930" descr="762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6528692646934d269" cstate="print"/>
+                          <a:blip r:embed="rId1738693ed6dfbe92e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6971692646934d38e" w:history="1">
+            <w:hyperlink r:id="rId9383693ed6dfbea66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1056,63 +1056,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88861889" name="name6142692646934ebe9" descr="FUSAAL_distribution_map.jpg"/>
+            <wp:docPr id="53555406" name="name9775693ed6dfbfa68" descr="FUSAAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1415692646934ebe5" cstate="print"/>
+                    <a:blip r:embed="rId1727693ed6dfbfa64" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8092,51 +8092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium oxysporum f. sp. albedinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44976926469351c30" w:history="1">
+      <w:hyperlink r:id="rId2228693ed6dfc2be8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8428,137 +8428,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="67784055">
+  <w:abstractNum w:abstractNumId="38210970">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42996015">
+    <w:lvl w:ilvl="0" w:tplc="71779094">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="42996015" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71779094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="42996015" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71779094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="42996015" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71779094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="42996015" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71779094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="42996015" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71779094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="42996015" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71779094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="42996015" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71779094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="42996015" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71779094" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="67784054">
+  <w:abstractNum w:abstractNumId="38210969">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70356033">
+    <w:lvl w:ilvl="0" w:tplc="77894388">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9310,55 +9310,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="67784054">
-    <w:abstractNumId w:val="67784054"/>
+  <w:num w:numId="38210969">
+    <w:abstractNumId w:val="38210969"/>
   </w:num>
-  <w:num w:numId="67784055">
-    <w:abstractNumId w:val="67784055"/>
+  <w:num w:numId="38210970">
+    <w:abstractNumId w:val="38210970"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20908,51 +20908,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId688761118" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId972447780" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9928692646934d0e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId8850692646934d155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId6971692646934d38e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId44976926469351c30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6528692646934d269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6528692646934d269.jpg"/><Relationship Id="rId1415692646934ebe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1415692646934ebe5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId453350654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259067869" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7343693ed6dfbe2f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId8356693ed6dfbe360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId9383693ed6dfbea66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId2228693ed6dfc2be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1738693ed6dfbe92e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1738693ed6dfbe92e.jpg"/><Relationship Id="rId1727693ed6dfbfa64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1727693ed6dfbfa64.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>