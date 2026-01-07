--- v3 (2025-12-14)
+++ v4 (2026-01-07)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Killian &amp; Maire) Malençon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bayoud disease of date palm, fusarium wilt of date palm, tracheomycosis of date palm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7343693ed6dfbe2f0" w:history="1">
+            <w:hyperlink r:id="rId2900695dee77dfe76" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8356693ed6dfbe360" w:history="1">
+            <w:hyperlink r:id="rId3443695dee77dfeca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="19088039" name="name9400693ed6dfbe930" descr="762.jpg"/>
+                  <wp:docPr id="13255694" name="name5592695dee77dff73" descr="762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1738693ed6dfbe92e" cstate="print"/>
+                          <a:blip r:embed="rId3613695dee77dff72" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9383693ed6dfbea66" w:history="1">
+            <w:hyperlink r:id="rId6375695dee77e002c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1056,63 +1056,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="53555406" name="name9775693ed6dfbfa68" descr="FUSAAL_distribution_map.jpg"/>
+            <wp:docPr id="99161438" name="name5070695dee77e10c9" descr="FUSAAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1727693ed6dfbfa64" cstate="print"/>
+                    <a:blip r:embed="rId9781695dee77e10c7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8070,73 +8070,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium oxysporum f. sp. albedinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2228693ed6dfc2be8" w:history="1">
+      <w:hyperlink r:id="rId3484695dee77e3133" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8428,137 +8428,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="38210970">
+  <w:abstractNum w:abstractNumId="70880270">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71779094">
+    <w:lvl w:ilvl="0" w:tplc="75639580">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71779094" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="75639580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71779094" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="75639580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71779094" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="75639580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71779094" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="75639580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71779094" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="75639580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71779094" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="75639580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71779094" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="75639580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71779094" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="75639580" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="38210969">
+  <w:abstractNum w:abstractNumId="70880269">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77894388">
+    <w:lvl w:ilvl="0" w:tplc="94679134">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9310,55 +9310,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="38210969">
-    <w:abstractNumId w:val="38210969"/>
+  <w:num w:numId="70880269">
+    <w:abstractNumId w:val="70880269"/>
   </w:num>
-  <w:num w:numId="38210970">
-    <w:abstractNumId w:val="38210970"/>
+  <w:num w:numId="70880270">
+    <w:abstractNumId w:val="70880270"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20908,51 +20908,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId453350654" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId259067869" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7343693ed6dfbe2f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId8356693ed6dfbe360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId9383693ed6dfbea66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId2228693ed6dfc2be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1738693ed6dfbe92e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1738693ed6dfbe92e.jpg"/><Relationship Id="rId1727693ed6dfbfa64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1727693ed6dfbfa64.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId596496823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId600164882" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2900695dee77dfe76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId3443695dee77dfeca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId6375695dee77e002c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId3484695dee77e3133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3613695dee77dff72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3613695dee77dff72.jpg"/><Relationship Id="rId9781695dee77e10c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9781695dee77e10c7.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>