--- v4 (2026-01-07)
+++ v5 (2026-01-27)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Killian &amp; Maire) Malençon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bayoud disease of date palm, fusarium wilt of date palm, tracheomycosis of date palm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2900695dee77dfe76" w:history="1">
+            <w:hyperlink r:id="rId2675697899d44e2f9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3443695dee77dfeca" w:history="1">
+            <w:hyperlink r:id="rId4445697899d44e36f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13255694" name="name5592695dee77dff73" descr="762.jpg"/>
+                  <wp:docPr id="46449849" name="name6844697899d44e9e2" descr="762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3613695dee77dff72" cstate="print"/>
+                          <a:blip r:embed="rId2496697899d44e9e1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6375695dee77e002c" w:history="1">
+            <w:hyperlink r:id="rId9324697899d44eafb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1056,63 +1056,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99161438" name="name5070695dee77e10c9" descr="FUSAAL_distribution_map.jpg"/>
+            <wp:docPr id="99877236" name="name7505697899d44fce7" descr="FUSAAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9781695dee77e10c7" cstate="print"/>
+                    <a:blip r:embed="rId2403697899d44fce5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8092,51 +8092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium oxysporum f. sp. albedinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3484695dee77e3133" w:history="1">
+      <w:hyperlink r:id="rId2893697899d45364a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8428,137 +8428,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="70880270">
+  <w:abstractNum w:abstractNumId="46785774">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75639580">
+    <w:lvl w:ilvl="0" w:tplc="25718947">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="75639580" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="25718947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="75639580" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="25718947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="75639580" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="25718947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="75639580" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="25718947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="75639580" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="25718947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="75639580" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="25718947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="75639580" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="25718947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="75639580" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="25718947" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="70880269">
+  <w:abstractNum w:abstractNumId="46785773">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94679134">
+    <w:lvl w:ilvl="0" w:tplc="65250261">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9310,55 +9310,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="70880269">
-    <w:abstractNumId w:val="70880269"/>
+  <w:num w:numId="46785773">
+    <w:abstractNumId w:val="46785773"/>
   </w:num>
-  <w:num w:numId="70880270">
-    <w:abstractNumId w:val="70880270"/>
+  <w:num w:numId="46785774">
+    <w:abstractNumId w:val="46785774"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20908,51 +20908,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId596496823" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId600164882" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2900695dee77dfe76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId3443695dee77dfeca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId6375695dee77e002c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId3484695dee77e3133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3613695dee77dff72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3613695dee77dff72.jpg"/><Relationship Id="rId9781695dee77e10c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9781695dee77e10c7.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId550637096" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId289019664" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2675697899d44e2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId4445697899d44e36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId9324697899d44eafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId2893697899d45364a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2496697899d44e9e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2496697899d44e9e1.jpg"/><Relationship Id="rId2403697899d44fce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2403697899d44fce5.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>