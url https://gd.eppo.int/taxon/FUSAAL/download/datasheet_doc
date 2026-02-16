--- v5 (2026-01-27)
+++ v6 (2026-02-16)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Killian &amp; Maire) Malençon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bayoud disease of date palm, fusarium wilt of date palm, tracheomycosis of date palm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2675697899d44e2f9" w:history="1">
+            <w:hyperlink r:id="rId785369936e2ae8a88" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -350,53 +350,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4445697899d44e36f" w:history="1">
+            <w:hyperlink r:id="rId128469936e2ae8af0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46449849" name="name6844697899d44e9e2" descr="762.jpg"/>
+                  <wp:docPr id="9002376" name="name102669936e2ae9142" descr="762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2496697899d44e9e1" cstate="print"/>
+                          <a:blip r:embed="rId396369936e2ae9140" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9324697899d44eafb" w:history="1">
+            <w:hyperlink r:id="rId133169936e2ae927c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1056,63 +1056,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="99877236" name="name7505697899d44fce7" descr="FUSAAL_distribution_map.jpg"/>
+            <wp:docPr id="32494106" name="name897569936e2aea105" descr="FUSAAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2403697899d44fce5" cstate="print"/>
+                    <a:blip r:embed="rId806869936e2aea102" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8092,51 +8092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium oxysporum f. sp. albedinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2893697899d45364a" w:history="1">
+      <w:hyperlink r:id="rId516469936e2aed033" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8428,137 +8428,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="46785774">
+  <w:abstractNum w:abstractNumId="61910722">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="25718947">
+    <w:lvl w:ilvl="0" w:tplc="89299105">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="25718947" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89299105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="25718947" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89299105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="25718947" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89299105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="25718947" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89299105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="25718947" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89299105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="25718947" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89299105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="25718947" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89299105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="25718947" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89299105" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="46785773">
+  <w:abstractNum w:abstractNumId="61910721">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65250261">
+    <w:lvl w:ilvl="0" w:tplc="91835569">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9310,55 +9310,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="46785773">
-    <w:abstractNumId w:val="46785773"/>
+  <w:num w:numId="61910721">
+    <w:abstractNumId w:val="61910721"/>
   </w:num>
-  <w:num w:numId="46785774">
-    <w:abstractNumId w:val="46785774"/>
+  <w:num w:numId="61910722">
+    <w:abstractNumId w:val="61910722"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20908,51 +20908,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId550637096" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId289019664" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2675697899d44e2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId4445697899d44e36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId9324697899d44eafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId2893697899d45364a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2496697899d44e9e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2496697899d44e9e1.jpg"/><Relationship Id="rId2403697899d44fce5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2403697899d44fce5.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId658143090" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId223024450" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId785369936e2ae8a88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId128469936e2ae8af0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId133169936e2ae927c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId516469936e2aed033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId396369936e2ae9140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId396369936e2ae9140.jpg"/><Relationship Id="rId806869936e2aea102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId806869936e2aea102.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>