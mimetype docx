--- v6 (2026-02-16)
+++ v7 (2026-03-09)
@@ -292,51 +292,51 @@
               <w:t xml:space="preserve"> (Killian &amp; Maire) Malençon</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bayoud disease of date palm, fusarium wilt of date palm, tracheomycosis of date palm</w:t>
             </w:r>
-            <w:hyperlink r:id="rId785369936e2ae8a88" w:history="1">
+            <w:hyperlink r:id="rId137469ae897b062b9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -352,51 +352,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId128469936e2ae8af0" w:history="1">
+            <w:hyperlink r:id="rId596069ae897b06378" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -410,86 +410,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FUSAAL</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="9002376" name="name102669936e2ae9142" descr="762.jpg"/>
+                  <wp:docPr id="80065521" name="name226469ae897b0650a" descr="762.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="762.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId396369936e2ae9140" cstate="print"/>
+                          <a:blip r:embed="rId695569ae897b06508" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId133169936e2ae927c" w:history="1">
+            <w:hyperlink r:id="rId518369ae897b06639" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -1056,126 +1056,147 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">GEOGRAPHICAL DISTRIBUTION</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="32494106" name="name897569936e2aea105" descr="FUSAAL_distribution_map.jpg"/>
+            <wp:docPr id="62069003" name="name564669ae897b07c56" descr="FUSAAL_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FUSAAL_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId806869936e2aea102" cstate="print"/>
+                    <a:blip r:embed="rId869569ae897b07c53" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Algeria, Morocco</w:t>
+        <w:t xml:space="preserve"> Algeria, Jordan, Morocco</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Mauritania, Morocco</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br/>
+        <w:t xml:space="preserve">Asia:</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Jordan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -8092,51 +8113,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fusarium oxysporum f. sp. albedinis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516469936e2aed033" w:history="1">
+      <w:hyperlink r:id="rId827169ae897b0abd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8428,137 +8449,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61910722">
+  <w:abstractNum w:abstractNumId="52716507">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89299105">
+    <w:lvl w:ilvl="0" w:tplc="71711413">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89299105" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71711413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89299105" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71711413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89299105" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71711413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89299105" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71711413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89299105" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71711413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89299105" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71711413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89299105" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71711413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89299105" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71711413" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61910721">
+  <w:abstractNum w:abstractNumId="52716506">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91835569">
+    <w:lvl w:ilvl="0" w:tplc="89375400">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9310,55 +9331,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61910721">
-    <w:abstractNumId w:val="61910721"/>
+  <w:num w:numId="52716506">
+    <w:abstractNumId w:val="52716506"/>
   </w:num>
-  <w:num w:numId="61910722">
-    <w:abstractNumId w:val="61910722"/>
+  <w:num w:numId="52716507">
+    <w:abstractNumId w:val="52716507"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20908,51 +20929,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId658143090" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId223024450" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId785369936e2ae8a88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId128469936e2ae8af0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId133169936e2ae927c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId516469936e2aed033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId396369936e2ae9140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId396369936e2ae9140.jpg"/><Relationship Id="rId806869936e2aea102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId806869936e2aea102.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305437711" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId410604206" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId137469ae897b062b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/" TargetMode="External"/><Relationship Id="rId596069ae897b06378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/categorization" TargetMode="External"/><Relationship Id="rId518369ae897b06639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FUSAAL/photos" TargetMode="External"/><Relationship Id="rId827169ae897b0abd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId695569ae897b06508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId695569ae897b06508.jpg"/><Relationship Id="rId869569ae897b07c53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId869569ae897b07c53.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>