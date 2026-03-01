--- v0 (2025-10-08)
+++ v1 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRXSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="76">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="83">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECWO</t>
   </si>
   <si>
     <t>Aleurocanthus woglumi</t>
   </si>
   <si>
     <t>* Shaw JG (1950) Hosts of the citrus blackfly in Mexico. United States Bureau of Entomology and Plant Quarantine. E-793, 3 pp.</t>
   </si>
   <si>
@@ -198,50 +198,60 @@
   </si>
   <si>
     <t>* Turner WF (1959) Life histories and behavior of five insect vectors of phony peach disease. Technical Bulletin no. 1188. US Department of Agriculture. 28 pp.
 ------- as Oncometopia undata. Based on oviposition records in the field, as ash.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Fraxinus)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Webster RL (1916) The White-Marked Tussock-Moth. Circular. Paper 33. https://lib.dr.iastate.edu/iaes_circulars/39</t>
   </si>
   <si>
     <t>PHMPOM</t>
   </si>
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Fraxinus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
+  </si>
+  <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Fraxinus)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.</t>
   </si>
   <si>
     <t>AELSSA</t>
   </si>
   <si>
     <t>Trirachys sartus</t>
   </si>
   <si>
     <t>* Duffy EAJ (1968) A monograph of the immature stages of Oriental timber beetles (Cerambycidae). Trustees of the British Museum (Natural History), London.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
@@ -249,50 +259,62 @@
 ------- Xylella fastidiosa subsp. multiplex.</t>
   </si>
   <si>
     <t>XYLEFM</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. multiplex</t>
   </si>
   <si>
     <t>XYLBGE</t>
   </si>
   <si>
     <t>Xylosandrus germanus (as Fraxinus)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHYPFR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma fraxini' (as Fraxinus)</t>
   </si>
   <si>
     <t>* Griffiths HM, Sinclair WA, Smart CD, Davis RE (1999) The phytoplasma associated with ash yellows and lilac witches-broom: 'Candidatus phytoplasma fraxini'. International Journal of Systematic Bacteriology 49(4), 1605-1614.</t>
+  </si>
+  <si>
+    <t>Wild/Weed</t>
+  </si>
+  <si>
+    <t>GPGV00</t>
+  </si>
+  <si>
+    <t>Trichovirus pinovitis</t>
+  </si>
+  <si>
+    <t>* Demian E, Jaksa-Czotter N, Varallyay E (2022) Grapevine pinot gris virus is present in different non-vitis hosts. Plants 11(14), 1830. https://doi.org/10.3390/plants11141830</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -596,51 +618,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D26"/>
+  <dimension ref="A1:D28"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="373.909" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -939,77 +961,105 @@
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>65</v>
       </c>
       <c r="C23" t="s">
         <v>66</v>
       </c>
       <c r="D23" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>68</v>
       </c>
       <c r="C24" t="s">
         <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>67</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
+        <v>71</v>
+      </c>
+      <c r="C25" t="s">
+        <v>72</v>
+      </c>
+      <c r="D25" t="s">
         <v>70</v>
       </c>
-      <c r="C25" t="s">
-[...2 lines deleted...]
-      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>72</v>
+        <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>73</v>
       </c>
       <c r="C26" t="s">
         <v>74</v>
       </c>
-      <c r="D26" t="s">
+      <c r="D26"/>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
         <v>75</v>
+      </c>
+      <c r="B27" t="s">
+        <v>76</v>
+      </c>
+      <c r="C27" t="s">
+        <v>77</v>
+      </c>
+      <c r="D27" t="s">
+        <v>78</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>79</v>
+      </c>
+      <c r="B28" t="s">
+        <v>80</v>
+      </c>
+      <c r="C28" t="s">
+        <v>81</v>
+      </c>
+      <c r="D28" t="s">
+        <v>82</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">