--- v0 (2025-10-19)
+++ v1 (2025-12-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRXEX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="91">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>TETLAU</t>
   </si>
   <si>
     <t>Aleuroclava aucubae</t>
   </si>
   <si>
     <t>* Hári K, Fail J, Streito J.C., Fetykó KG, Szita É, Haltrich A, Vikár D, Radácsi P, Vétek G (2021) First record of Aleuroclava aucubae (Hemiptera Aleyrodidae) in Hungary, with a checklist of whiteflies occurring in the country. Redia 104, 3-7.</t>
   </si>
   <si>
@@ -202,50 +202,59 @@
   <si>
     <t>OEMOHI</t>
   </si>
   <si>
     <t>Oemona hirta</t>
   </si>
   <si>
     <t>* Plant-SyNZ. Landcare Research (NZ). Host plants of a herbivore -Oemona hirta. http://plant-synz.landcareresearch.co.nz/index.asp). Last accessed 2021-06.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Fraxinus)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Webster RL (1916) The White-Marked Tussock-Moth. Circular. Paper 33. https://lib.dr.iastate.edu/iaes_circulars/39</t>
+  </si>
+  <si>
+    <t>ORIEIS</t>
+  </si>
+  <si>
+    <t>Orientus ishidae</t>
+  </si>
+  <si>
+    <t>* Bacak E &amp; Beşkardeş V (2025) A new potential invasive insect species, Orientus ishidae (Matsumura, 1902) (Hemiptera Cicadellidae), in Türkiye. Turkish Journal of Bioscience and Collections 9(2), 76-81. https://doi.org/10.26650/</t>
   </si>
   <si>
     <t>PHYTRA</t>
   </si>
   <si>
     <t>Phytophthora ramorum</t>
   </si>
   <si>
     <t>* Cave GL, Randall-Schadel B &amp; Redlin SC (2008) Risk analysis for Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld, causal agent of sudden oak death, ramorum leaf blight, and ramorum dieback. US Department of Agriculture, Animal and Plant Health Inspection Service, Raleigh, NC.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* Sabol O, Puľák P, Kodada J &amp; Hergovits R (2020) [Neoclytus acuminatus (Fabricius, 1775) – the first distributional records from Slovakia (Coleoptera: Cerambycidae)]. Entomofauna carpathica 32, 211-214 (in Czech).
 ------- 3 specimens found (together with Neoclytus acuminatus).</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Fraxinus)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
@@ -653,51 +662,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="380.907" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -990,180 +999,194 @@
         <v>60</v>
       </c>
       <c r="D22" t="s">
         <v>61</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>62</v>
       </c>
       <c r="C23" t="s">
         <v>63</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
-        <v>67</v>
+        <v>65</v>
       </c>
       <c r="C25" t="s">
         <v>68</v>
       </c>
       <c r="D25" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>70</v>
       </c>
       <c r="C26" t="s">
         <v>71</v>
       </c>
       <c r="D26" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>73</v>
       </c>
       <c r="C27" t="s">
         <v>74</v>
       </c>
       <c r="D27" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
+        <v>76</v>
+      </c>
+      <c r="C28" t="s">
+        <v>77</v>
+      </c>
+      <c r="D28" t="s">
         <v>75</v>
       </c>
-      <c r="C28" t="s">
-[...2 lines deleted...]
-      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>77</v>
+        <v>4</v>
       </c>
       <c r="B29" t="s">
         <v>78</v>
       </c>
       <c r="C29" t="s">
         <v>79</v>
       </c>
-      <c r="D29" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B30" t="s">
-        <v>19</v>
+        <v>81</v>
       </c>
       <c r="C30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="D30" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B31" t="s">
-        <v>83</v>
+        <v>19</v>
       </c>
       <c r="C31" t="s">
         <v>84</v>
       </c>
       <c r="D31" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B32" t="s">
         <v>86</v>
       </c>
       <c r="C32" t="s">
         <v>87</v>
       </c>
       <c r="D32" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B33" t="s">
         <v>89</v>
       </c>
       <c r="C33" t="s">
         <v>90</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>80</v>
+      </c>
+      <c r="B34" t="s">
+        <v>92</v>
+      </c>
+      <c r="C34" t="s">
+        <v>93</v>
+      </c>
+      <c r="D34"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>