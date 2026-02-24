--- v1 (2025-12-04)
+++ v2 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRXEX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="94">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="97">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>TETLAU</t>
   </si>
   <si>
     <t>Aleuroclava aucubae</t>
   </si>
   <si>
     <t>* Hári K, Fail J, Streito J.C., Fetykó KG, Szita É, Haltrich A, Vikár D, Radácsi P, Vétek G (2021) First record of Aleuroclava aucubae (Hemiptera Aleyrodidae) in Hungary, with a checklist of whiteflies occurring in the country. Redia 104, 3-7.</t>
   </si>
   <si>
@@ -220,50 +220,60 @@
   </si>
   <si>
     <t>Orgyia leucostigma (as Fraxinus)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Webster RL (1916) The White-Marked Tussock-Moth. Circular. Paper 33. https://lib.dr.iastate.edu/iaes_circulars/39</t>
   </si>
   <si>
     <t>ORIEIS</t>
   </si>
   <si>
     <t>Orientus ishidae</t>
   </si>
   <si>
     <t>* Bacak E &amp; Beşkardeş V (2025) A new potential invasive insect species, Orientus ishidae (Matsumura, 1902) (Hemiptera Cicadellidae), in Türkiye. Turkish Journal of Bioscience and Collections 9(2), 76-81. https://doi.org/10.26650/</t>
   </si>
   <si>
     <t>PHYTRA</t>
   </si>
   <si>
     <t>Phytophthora ramorum</t>
   </si>
   <si>
     <t>* Cave GL, Randall-Schadel B &amp; Redlin SC (2008) Risk analysis for Phytophthora ramorum Werres, de Cock &amp; Man in’t Veld, causal agent of sudden oak death, ramorum leaf blight, and ramorum dieback. US Department of Agriculture, Animal and Plant Health Inspection Service, Raleigh, NC.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Fraxinus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris</t>
   </si>
   <si>
     <t>* Sabol O, Puľák P, Kodada J &amp; Hergovits R (2020) [Neoclytus acuminatus (Fabricius, 1775) – the first distributional records from Slovakia (Coleoptera: Cerambycidae)]. Entomofauna carpathica 32, 211-214 (in Czech).
 ------- 3 specimens found (together with Neoclytus acuminatus).</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Fraxinus)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.</t>
   </si>
   <si>
     <t>XYBIAL</t>
   </si>
   <si>
     <t>Xyleborinus attenuatus</t>
   </si>
   <si>
@@ -662,51 +672,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D34"/>
+  <dimension ref="A1:D35"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="380.907" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1013,180 +1023,194 @@
         <v>63</v>
       </c>
       <c r="D23" t="s">
         <v>64</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
       <c r="D24" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="C25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
-        <v>70</v>
+        <v>68</v>
       </c>
       <c r="C26" t="s">
         <v>71</v>
       </c>
       <c r="D26" t="s">
         <v>72</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>73</v>
       </c>
       <c r="C27" t="s">
         <v>74</v>
       </c>
       <c r="D27" t="s">
         <v>75</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
         <v>76</v>
       </c>
       <c r="C28" t="s">
         <v>77</v>
       </c>
       <c r="D28" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" t="s">
+        <v>80</v>
+      </c>
+      <c r="D29" t="s">
         <v>78</v>
       </c>
-      <c r="C29" t="s">
-[...2 lines deleted...]
-      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>80</v>
+        <v>4</v>
       </c>
       <c r="B30" t="s">
         <v>81</v>
       </c>
       <c r="C30" t="s">
         <v>82</v>
       </c>
-      <c r="D30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B31" t="s">
-        <v>19</v>
+        <v>84</v>
       </c>
       <c r="C31" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="D31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B32" t="s">
-        <v>86</v>
+        <v>19</v>
       </c>
       <c r="C32" t="s">
         <v>87</v>
       </c>
       <c r="D32" t="s">
         <v>88</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B33" t="s">
         <v>89</v>
       </c>
       <c r="C33" t="s">
         <v>90</v>
       </c>
       <c r="D33" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B34" t="s">
         <v>92</v>
       </c>
       <c r="C34" t="s">
         <v>93</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>83</v>
+      </c>
+      <c r="B35" t="s">
+        <v>95</v>
+      </c>
+      <c r="C35" t="s">
+        <v>96</v>
+      </c>
+      <c r="D35"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>