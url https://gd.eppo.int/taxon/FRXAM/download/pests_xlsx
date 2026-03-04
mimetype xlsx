--- v0 (2025-10-08)
+++ v1 (2026-03-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRXAM" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>LYMAMA</t>
   </si>
   <si>
     <t>Lymantria mathura</t>
   </si>
   <si>
     <t>* Zlotina MA (1999) Biology and behavior of Lymantria mathura Moore (Lepidoptera: Lymantriidae). (1999). Doctoral Dissertations 1896 - February 2014. 5673. Accessed 9 June 2023 from: https://scholarworks.umass.edu/dissertations_1/5679
 ------- Indoor test, moderately suitable host (51% larval survival).
 * Zlotina MA, Mastro VC, Leonard DE, Elkinton JS (1998) Survival and development of Lymantria mathura on North American, Asian, and European tree species. Journal of Economic Entomology 91, 1162–1166.
@@ -219,50 +219,60 @@
   <si>
     <t>* Castello JD, Amico LA, O'Shea MT (1984) Detection of tobacco mosaic and tobacco ringspot viruses in white ash trees by enzyme-linked immunosorbent assay. Plant Disease 68, 787-790.</t>
   </si>
   <si>
     <t>CHEIBR</t>
   </si>
   <si>
     <t>Operophtera brumata</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Robinson GS, Ackery PR, Kitching IJ, Beccaloni GW &amp; Hernández LM (2010) HOST - A database of the world's Lepidopteran hostplants. Natural History Museum, London. https://www.nhm.ac.uk (Accessed on 7 December 2020 and 21 March 2021)</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Fraxinus)</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp
 * Webster RL (1916) The White-Marked Tussock-Moth. Circular. Paper 33. https://lib.dr.iastate.edu/iaes_circulars/39</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Fraxinus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>HESOCA</t>
   </si>
   <si>
     <t>Trichoferus campestris (as Fraxinus)</t>
   </si>
   <si>
     <t>* Iwata R &amp; Yamada F (1990) Notes on the biology of Hesperophanes campestris, a drywood borer in Japan. Material und Organismen 25, 305–313.
 * Lim J, Jung SY, Lim JS, Jang J, Kim KM, Lee YM, Lee BW (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53, 111-133.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Xylella fastidiosa subsp. multiplex.</t>
   </si>
   <si>
     <t>XYLEFM</t>
   </si>
   <si>
@@ -624,51 +634,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D29"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="55.272" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -993,91 +1003,105 @@
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>68</v>
       </c>
       <c r="C25" t="s">
         <v>69</v>
       </c>
       <c r="D25" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
       <c r="C26" t="s">
         <v>72</v>
       </c>
       <c r="D26" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
+        <v>74</v>
+      </c>
+      <c r="C27" t="s">
+        <v>75</v>
+      </c>
+      <c r="D27" t="s">
         <v>73</v>
       </c>
-      <c r="C27" t="s">
-[...2 lines deleted...]
-      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>75</v>
+        <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>76</v>
       </c>
       <c r="C28" t="s">
         <v>77</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B29" t="s">
+        <v>79</v>
+      </c>
+      <c r="C29" t="s">
+        <v>80</v>
+      </c>
+      <c r="D29" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>78</v>
+      </c>
+      <c r="B30" t="s">
         <v>21</v>
       </c>
-      <c r="C29" t="s">
-[...3 lines deleted...]
-        <v>80</v>
+      <c r="C30" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">