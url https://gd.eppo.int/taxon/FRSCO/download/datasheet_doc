--- v0 (2025-10-15)
+++ v1 (2025-11-04)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burr ragweed, slimleaf bursage (US), weak leaf burr ragweed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId964268efe6be16f32" w:history="1">
+            <w:hyperlink r:id="rId7338690a7f01f3821" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId713668efe6be16f79" w:history="1">
+            <w:hyperlink r:id="rId5265690a7f01f3866" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FRSCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79109784" name="name331668efe6be17044" descr="5047.jpg"/>
+                  <wp:docPr id="15836179" name="name6051690a7f01f3ede" descr="5047.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5047.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId717868efe6be17043" cstate="print"/>
+                          <a:blip r:embed="rId4512690a7f01f3edd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId596568efe6be1714a" w:history="1">
+            <w:hyperlink r:id="rId7209690a7f01f3fb6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -678,63 +678,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="70582434" name="name492768efe6be17f52" descr="FRSCO_distribution_map.jpg"/>
+            <wp:docPr id="12692612" name="name3552690a7f02013a6" descr="FRSCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FRSCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId323468efe6be17f4f" cstate="print"/>
+                    <a:blip r:embed="rId2213690a7f02013a4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2305,51 +2305,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Weeds in Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192968efe6be18bd7" w:history="1">
+      <w:hyperlink r:id="rId6535690a7f020201e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2442,51 +2442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237968efe6be18cbc" w:history="1">
+      <w:hyperlink r:id="rId7617690a7f0202105" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2653,51 +2653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId842568efe6be18e26" w:history="1">
+      <w:hyperlink r:id="rId6497690a7f020225f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2712,51 +2712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId789068efe6be18e86" w:history="1">
+      <w:hyperlink r:id="rId4866690a7f02022bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2771,51 +2771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Israel Ministry of Environmental Protection (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Burr Ragweed, Information booklet. p. 7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId468968efe6be18ee6" w:history="1">
+      <w:hyperlink r:id="rId8828690a7f0202318" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3151,51 +3151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId514368efe6be1915d" w:history="1">
+      <w:hyperlink r:id="rId6369690a7f0202584" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 50-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId315568efe6be19232" w:history="1">
+      <w:hyperlink r:id="rId3247690a7f0202655" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12532</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -3420,137 +3420,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60867229">
+  <w:abstractNum w:abstractNumId="33075497">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28407415">
+    <w:lvl w:ilvl="0" w:tplc="98546566">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28407415" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98546566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28407415" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98546566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28407415" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98546566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28407415" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98546566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28407415" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98546566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28407415" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98546566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28407415" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98546566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28407415" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98546566" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60867228">
+  <w:abstractNum w:abstractNumId="33075496">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87886809">
+    <w:lvl w:ilvl="0" w:tplc="45722799">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4302,55 +4302,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60867228">
-    <w:abstractNumId w:val="60867228"/>
+  <w:num w:numId="33075496">
+    <w:abstractNumId w:val="33075496"/>
   </w:num>
-  <w:num w:numId="60867229">
-    <w:abstractNumId w:val="60867229"/>
+  <w:num w:numId="33075497">
+    <w:abstractNumId w:val="33075497"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15900,51 +15900,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId436631086" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId695251946" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId964268efe6be16f32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId713668efe6be16f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId596568efe6be1714a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId192968efe6be18bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId237968efe6be18cbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId842568efe6be18e26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId789068efe6be18e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId468968efe6be18ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId514368efe6be1915d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId315568efe6be19232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId717868efe6be17043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId717868efe6be17043.jpg"/><Relationship Id="rId323468efe6be17f4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId323468efe6be17f4f.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId330094683" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId645384174" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7338690a7f01f3821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId5265690a7f01f3866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId7209690a7f01f3fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId6535690a7f020201e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId7617690a7f0202105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId6497690a7f020225f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId4866690a7f02022bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId8828690a7f0202318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId6369690a7f0202584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3247690a7f0202655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId4512690a7f01f3edd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4512690a7f01f3edd.jpg"/><Relationship Id="rId2213690a7f02013a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2213690a7f02013a4.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>