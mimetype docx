--- v1 (2025-11-04)
+++ v2 (2025-11-25)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burr ragweed, slimleaf bursage (US), weak leaf burr ragweed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7338690a7f01f3821" w:history="1">
+            <w:hyperlink r:id="rId9430692543aa4fa00" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5265690a7f01f3866" w:history="1">
+            <w:hyperlink r:id="rId2017692543aa4fa45" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FRSCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="15836179" name="name6051690a7f01f3ede" descr="5047.jpg"/>
+                  <wp:docPr id="60275047" name="name2372692543aa4fb40" descr="5047.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5047.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4512690a7f01f3edd" cstate="print"/>
+                          <a:blip r:embed="rId1451692543aa4fb3f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7209690a7f01f3fb6" w:history="1">
+            <w:hyperlink r:id="rId4917692543aa4fc32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -678,63 +678,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="12692612" name="name3552690a7f02013a6" descr="FRSCO_distribution_map.jpg"/>
+            <wp:docPr id="43183392" name="name1759692543aa50d56" descr="FRSCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FRSCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2213690a7f02013a4" cstate="print"/>
+                    <a:blip r:embed="rId6960692543aa50d53" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2305,51 +2305,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Weeds in Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6535690a7f020201e" w:history="1">
+      <w:hyperlink r:id="rId6673692543aa519c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2442,51 +2442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7617690a7f0202105" w:history="1">
+      <w:hyperlink r:id="rId7016692543aa51aa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2653,51 +2653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6497690a7f020225f" w:history="1">
+      <w:hyperlink r:id="rId8279692543aa51c03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2712,51 +2712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4866690a7f02022bb" w:history="1">
+      <w:hyperlink r:id="rId8126692543aa51c60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2771,51 +2771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Israel Ministry of Environmental Protection (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Burr Ragweed, Information booklet. p. 7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8828690a7f0202318" w:history="1">
+      <w:hyperlink r:id="rId9179692543aa51cbe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3151,51 +3151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6369690a7f0202584" w:history="1">
+      <w:hyperlink r:id="rId3406692543aa51f7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 50-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3247690a7f0202655" w:history="1">
+      <w:hyperlink r:id="rId3225692543aa52061" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12532</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -3420,137 +3420,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33075497">
+  <w:abstractNum w:abstractNumId="10245825">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98546566">
+    <w:lvl w:ilvl="0" w:tplc="21137789">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98546566" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21137789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98546566" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21137789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98546566" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21137789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98546566" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21137789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98546566" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21137789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98546566" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21137789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98546566" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21137789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98546566" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21137789" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33075496">
+  <w:abstractNum w:abstractNumId="10245824">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="45722799">
+    <w:lvl w:ilvl="0" w:tplc="71784532">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4302,55 +4302,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33075496">
-    <w:abstractNumId w:val="33075496"/>
+  <w:num w:numId="10245824">
+    <w:abstractNumId w:val="10245824"/>
   </w:num>
-  <w:num w:numId="33075497">
-    <w:abstractNumId w:val="33075497"/>
+  <w:num w:numId="10245825">
+    <w:abstractNumId w:val="10245825"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15900,51 +15900,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId330094683" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId645384174" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7338690a7f01f3821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId5265690a7f01f3866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId7209690a7f01f3fb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId6535690a7f020201e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId7617690a7f0202105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId6497690a7f020225f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId4866690a7f02022bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId8828690a7f0202318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId6369690a7f0202584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3247690a7f0202655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId4512690a7f01f3edd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4512690a7f01f3edd.jpg"/><Relationship Id="rId2213690a7f02013a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2213690a7f02013a4.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId788741371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId753570456" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9430692543aa4fa00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId2017692543aa4fa45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId4917692543aa4fc32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId6673692543aa519c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId7016692543aa51aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId8279692543aa51c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId8126692543aa51c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId9179692543aa51cbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId3406692543aa51f7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3225692543aa52061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId1451692543aa4fb3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1451692543aa4fb3f.jpg"/><Relationship Id="rId6960692543aa50d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6960692543aa50d53.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>