--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burr ragweed, slimleaf bursage (US), weak leaf burr ragweed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9430692543aa4fa00" w:history="1">
+            <w:hyperlink r:id="rId727369413c6626d20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2017692543aa4fa45" w:history="1">
+            <w:hyperlink r:id="rId856669413c6626d65" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FRSCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60275047" name="name2372692543aa4fb40" descr="5047.jpg"/>
+                  <wp:docPr id="70619196" name="name416169413c6627613" descr="5047.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5047.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1451692543aa4fb3f" cstate="print"/>
+                          <a:blip r:embed="rId693169413c6627611" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4917692543aa4fc32" w:history="1">
+            <w:hyperlink r:id="rId642969413c6627763" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -678,63 +678,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="43183392" name="name1759692543aa50d56" descr="FRSCO_distribution_map.jpg"/>
+            <wp:docPr id="31526236" name="name189369413c66287a4" descr="FRSCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FRSCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6960692543aa50d53" cstate="print"/>
+                    <a:blip r:embed="rId186269413c66287a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2305,51 +2305,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Weeds in Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6673692543aa519c5" w:history="1">
+      <w:hyperlink r:id="rId629669413c66293ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2442,51 +2442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7016692543aa51aa7" w:history="1">
+      <w:hyperlink r:id="rId852669413c66294d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2653,51 +2653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8279692543aa51c03" w:history="1">
+      <w:hyperlink r:id="rId120769413c662962b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2712,51 +2712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8126692543aa51c60" w:history="1">
+      <w:hyperlink r:id="rId835369413c6629688" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2771,51 +2771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Israel Ministry of Environmental Protection (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Burr Ragweed, Information booklet. p. 7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9179692543aa51cbe" w:history="1">
+      <w:hyperlink r:id="rId152369413c662971d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3151,51 +3151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3406692543aa51f7b" w:history="1">
+      <w:hyperlink r:id="rId830969413c6629d1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 50-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3225692543aa52061" w:history="1">
+      <w:hyperlink r:id="rId447569413c6629dfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12532</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -3420,137 +3420,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="10245825">
+  <w:abstractNum w:abstractNumId="44922556">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21137789">
+    <w:lvl w:ilvl="0" w:tplc="98380786">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21137789" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="98380786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21137789" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="98380786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21137789" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="98380786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21137789" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="98380786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21137789" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="98380786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21137789" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="98380786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21137789" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="98380786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21137789" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="98380786" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10245824">
+  <w:abstractNum w:abstractNumId="44922555">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71784532">
+    <w:lvl w:ilvl="0" w:tplc="78329375">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4302,55 +4302,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="10245824">
-    <w:abstractNumId w:val="10245824"/>
+  <w:num w:numId="44922555">
+    <w:abstractNumId w:val="44922555"/>
   </w:num>
-  <w:num w:numId="10245825">
-    <w:abstractNumId w:val="10245825"/>
+  <w:num w:numId="44922556">
+    <w:abstractNumId w:val="44922556"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15900,51 +15900,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId788741371" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId753570456" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9430692543aa4fa00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId2017692543aa4fa45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId4917692543aa4fc32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId6673692543aa519c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId7016692543aa51aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId8279692543aa51c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId8126692543aa51c60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId9179692543aa51cbe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId3406692543aa51f7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3225692543aa52061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId1451692543aa4fb3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1451692543aa4fb3f.jpg"/><Relationship Id="rId6960692543aa50d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6960692543aa50d53.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId574736911" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId574044136" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId727369413c6626d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId856669413c6626d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId642969413c6627763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId629669413c66293ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId852669413c66294d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId120769413c662962b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId835369413c6629688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId152369413c662971d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId830969413c6629d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId447569413c6629dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId693169413c6627611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId693169413c6627611.jpg"/><Relationship Id="rId186269413c66287a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId186269413c66287a2.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>