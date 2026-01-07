--- v3 (2025-12-16)
+++ v4 (2026-01-07)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burr ragweed, slimleaf bursage (US), weak leaf burr ragweed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId727369413c6626d20" w:history="1">
+            <w:hyperlink r:id="rId1464695ee0785b9ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId856669413c6626d65" w:history="1">
+            <w:hyperlink r:id="rId4064695ee0785ba32" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FRSCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70619196" name="name416169413c6627613" descr="5047.jpg"/>
+                  <wp:docPr id="88538108" name="name9780695ee0785c15b" descr="5047.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5047.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId693169413c6627611" cstate="print"/>
+                          <a:blip r:embed="rId4097695ee0785c159" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId642969413c6627763" w:history="1">
+            <w:hyperlink r:id="rId2906695ee0785c27f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -678,63 +678,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31526236" name="name189369413c66287a4" descr="FRSCO_distribution_map.jpg"/>
+            <wp:docPr id="36569045" name="name9010695ee0785cee5" descr="FRSCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FRSCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId186269413c66287a2" cstate="print"/>
+                    <a:blip r:embed="rId7183695ee0785cee3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2305,51 +2305,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Weeds in Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629669413c66293ee" w:history="1">
+      <w:hyperlink r:id="rId9239695ee0785db5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2442,51 +2442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852669413c66294d1" w:history="1">
+      <w:hyperlink r:id="rId5535695ee0785dc62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2653,51 +2653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120769413c662962b" w:history="1">
+      <w:hyperlink r:id="rId6099695ee0785ddc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2712,51 +2712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId835369413c6629688" w:history="1">
+      <w:hyperlink r:id="rId7391695ee0785de22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2771,51 +2771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Israel Ministry of Environmental Protection (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Burr Ragweed, Information booklet. p. 7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId152369413c662971d" w:history="1">
+      <w:hyperlink r:id="rId8579695ee0785de81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3129,73 +3129,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId830969413c6629d1f" w:history="1">
+      <w:hyperlink r:id="rId9985695ee0785e0f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 50-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447569413c6629dfe" w:history="1">
+      <w:hyperlink r:id="rId4279695ee0785e1c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12532</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -3420,137 +3420,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="44922556">
+  <w:abstractNum w:abstractNumId="29846012">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="98380786">
+    <w:lvl w:ilvl="0" w:tplc="24878583">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="98380786" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="24878583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="98380786" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="24878583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="98380786" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="24878583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="98380786" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="24878583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="98380786" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="24878583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="98380786" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="24878583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="98380786" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="24878583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="98380786" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="24878583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="44922555">
+  <w:abstractNum w:abstractNumId="29846011">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78329375">
+    <w:lvl w:ilvl="0" w:tplc="94599468">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4302,55 +4302,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="44922555">
-    <w:abstractNumId w:val="44922555"/>
+  <w:num w:numId="29846011">
+    <w:abstractNumId w:val="29846011"/>
   </w:num>
-  <w:num w:numId="44922556">
-    <w:abstractNumId w:val="44922556"/>
+  <w:num w:numId="29846012">
+    <w:abstractNumId w:val="29846012"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15900,51 +15900,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId574736911" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId574044136" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId727369413c6626d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId856669413c6626d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId642969413c6627763" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId629669413c66293ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId852669413c66294d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId120769413c662962b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId835369413c6629688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId152369413c662971d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId830969413c6629d1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId447569413c6629dfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId693169413c6627611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId693169413c6627611.jpg"/><Relationship Id="rId186269413c66287a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId186269413c66287a2.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677148343" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId648642129" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1464695ee0785b9ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId4064695ee0785ba32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId2906695ee0785c27f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId9239695ee0785db5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId5535695ee0785dc62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId6099695ee0785ddc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId7391695ee0785de22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId8579695ee0785de81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId9985695ee0785e0f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4279695ee0785e1c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId4097695ee0785c159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4097695ee0785c159.jpg"/><Relationship Id="rId7183695ee0785cee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7183695ee0785cee3.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>