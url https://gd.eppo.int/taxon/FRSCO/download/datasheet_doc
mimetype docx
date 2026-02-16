--- v4 (2026-01-07)
+++ v5 (2026-02-16)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burr ragweed, slimleaf bursage (US), weak leaf burr ragweed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1464695ee0785b9ed" w:history="1">
+            <w:hyperlink r:id="rId60466993a75d967bc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4064695ee0785ba32" w:history="1">
+            <w:hyperlink r:id="rId50206993a75d96802" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FRSCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="88538108" name="name9780695ee0785c15b" descr="5047.jpg"/>
+                  <wp:docPr id="50554896" name="name95476993a75d96e1e" descr="5047.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5047.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4097695ee0785c159" cstate="print"/>
+                          <a:blip r:embed="rId62696993a75d96e1c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2906695ee0785c27f" w:history="1">
+            <w:hyperlink r:id="rId59346993a75d96f1b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -678,63 +678,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="36569045" name="name9010695ee0785cee5" descr="FRSCO_distribution_map.jpg"/>
+            <wp:docPr id="67090591" name="name44116993a75d97c56" descr="FRSCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FRSCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7183695ee0785cee3" cstate="print"/>
+                    <a:blip r:embed="rId57806993a75d97c54" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2305,51 +2305,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Weeds in Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9239695ee0785db5e" w:history="1">
+      <w:hyperlink r:id="rId45646993a75d988ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2442,51 +2442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5535695ee0785dc62" w:history="1">
+      <w:hyperlink r:id="rId59066993a75d989cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2653,51 +2653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6099695ee0785ddc2" w:history="1">
+      <w:hyperlink r:id="rId56906993a75d98b25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2712,51 +2712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7391695ee0785de22" w:history="1">
+      <w:hyperlink r:id="rId42586993a75d98b82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2771,51 +2771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Israel Ministry of Environmental Protection (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Burr Ragweed, Information booklet. p. 7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8579695ee0785de81" w:history="1">
+      <w:hyperlink r:id="rId56926993a75d98be0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3151,51 +3151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9985695ee0785e0f3" w:history="1">
+      <w:hyperlink r:id="rId77676993a75d98e4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 50-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4279695ee0785e1c6" w:history="1">
+      <w:hyperlink r:id="rId45636993a75d98f1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12532</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -3420,137 +3420,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29846012">
+  <w:abstractNum w:abstractNumId="93962064">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24878583">
+    <w:lvl w:ilvl="0" w:tplc="50009790">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="24878583" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50009790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="24878583" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50009790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="24878583" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50009790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="24878583" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50009790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="24878583" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50009790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="24878583" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50009790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="24878583" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50009790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="24878583" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50009790" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29846011">
+  <w:abstractNum w:abstractNumId="93962063">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94599468">
+    <w:lvl w:ilvl="0" w:tplc="79309025">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4302,55 +4302,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29846011">
-    <w:abstractNumId w:val="29846011"/>
+  <w:num w:numId="93962063">
+    <w:abstractNumId w:val="93962063"/>
   </w:num>
-  <w:num w:numId="29846012">
-    <w:abstractNumId w:val="29846012"/>
+  <w:num w:numId="93962064">
+    <w:abstractNumId w:val="93962064"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15900,51 +15900,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId677148343" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId648642129" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1464695ee0785b9ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId4064695ee0785ba32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId2906695ee0785c27f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId9239695ee0785db5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId5535695ee0785dc62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId6099695ee0785ddc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId7391695ee0785de22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId8579695ee0785de81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId9985695ee0785e0f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4279695ee0785e1c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId4097695ee0785c159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4097695ee0785c159.jpg"/><Relationship Id="rId7183695ee0785cee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7183695ee0785cee3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId906964112" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId599844784" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId60466993a75d967bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId50206993a75d96802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId59346993a75d96f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId45646993a75d988ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId59066993a75d989cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId56906993a75d98b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId42586993a75d98b82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId56926993a75d98be0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId77676993a75d98e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId45636993a75d98f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId62696993a75d96e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62696993a75d96e1c.jpg"/><Relationship Id="rId57806993a75d97c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57806993a75d97c54.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>