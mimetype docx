--- v5 (2026-02-16)
+++ v6 (2026-03-09)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burr ragweed, slimleaf bursage (US), weak leaf burr ragweed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId60466993a75d967bc" w:history="1">
+            <w:hyperlink r:id="rId693169aebf26c2322" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50206993a75d96802" w:history="1">
+            <w:hyperlink r:id="rId581669aebf26c2367" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FRSCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="50554896" name="name95476993a75d96e1e" descr="5047.jpg"/>
+                  <wp:docPr id="76255757" name="name597769aebf26c2454" descr="5047.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5047.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId62696993a75d96e1c" cstate="print"/>
+                          <a:blip r:embed="rId489869aebf26c2453" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId59346993a75d96f1b" w:history="1">
+            <w:hyperlink r:id="rId162169aebf26c2585" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -678,63 +678,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67090591" name="name44116993a75d97c56" descr="FRSCO_distribution_map.jpg"/>
+            <wp:docPr id="31143282" name="name359269aebf26c36c9" descr="FRSCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FRSCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57806993a75d97c54" cstate="print"/>
+                    <a:blip r:embed="rId167069aebf26c36c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2305,51 +2305,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Weeds in Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45646993a75d988ea" w:history="1">
+      <w:hyperlink r:id="rId387269aebf26c43d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2442,51 +2442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59066993a75d989cc" w:history="1">
+      <w:hyperlink r:id="rId568269aebf26c44d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2653,51 +2653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56906993a75d98b25" w:history="1">
+      <w:hyperlink r:id="rId895569aebf26c4636" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2712,51 +2712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42586993a75d98b82" w:history="1">
+      <w:hyperlink r:id="rId329569aebf26c4695" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2771,51 +2771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Israel Ministry of Environmental Protection (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Burr Ragweed, Information booklet. p. 7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56926993a75d98be0" w:history="1">
+      <w:hyperlink r:id="rId875269aebf26c46f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3151,51 +3151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77676993a75d98e4b" w:history="1">
+      <w:hyperlink r:id="rId686269aebf26c4970" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 50-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45636993a75d98f1c" w:history="1">
+      <w:hyperlink r:id="rId972269aebf26c4a43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12532</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -3420,137 +3420,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93962064">
+  <w:abstractNum w:abstractNumId="74014404">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50009790">
+    <w:lvl w:ilvl="0" w:tplc="48619699">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50009790" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="48619699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50009790" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="48619699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50009790" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="48619699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50009790" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="48619699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50009790" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="48619699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50009790" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="48619699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50009790" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="48619699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50009790" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="48619699" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93962063">
+  <w:abstractNum w:abstractNumId="74014403">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79309025">
+    <w:lvl w:ilvl="0" w:tplc="43644773">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4302,55 +4302,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93962063">
-    <w:abstractNumId w:val="93962063"/>
+  <w:num w:numId="74014403">
+    <w:abstractNumId w:val="74014403"/>
   </w:num>
-  <w:num w:numId="93962064">
-    <w:abstractNumId w:val="93962064"/>
+  <w:num w:numId="74014404">
+    <w:abstractNumId w:val="74014404"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15900,51 +15900,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId906964112" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId599844784" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId60466993a75d967bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId50206993a75d96802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId59346993a75d96f1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId45646993a75d988ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId59066993a75d989cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId56906993a75d98b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId42586993a75d98b82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId56926993a75d98be0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId77676993a75d98e4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId45636993a75d98f1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId62696993a75d96e1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62696993a75d96e1c.jpg"/><Relationship Id="rId57806993a75d97c54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57806993a75d97c54.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId236128566" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId102705402" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId693169aebf26c2322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId581669aebf26c2367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId162169aebf26c2585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId387269aebf26c43d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId568269aebf26c44d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId895569aebf26c4636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId329569aebf26c4695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId875269aebf26c46f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId686269aebf26c4970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId972269aebf26c4a43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId489869aebf26c2453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId489869aebf26c2453.jpg"/><Relationship Id="rId167069aebf26c36c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId167069aebf26c36c6.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>