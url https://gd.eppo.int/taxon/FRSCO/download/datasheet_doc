--- v6 (2026-03-09)
+++ v7 (2026-03-30)
@@ -336,88 +336,88 @@
               <w:t xml:space="preserve"> Kuntze</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> burr ragweed, slimleaf bursage (US), weak leaf burr ragweed</w:t>
             </w:r>
-            <w:hyperlink r:id="rId693169aebf26c2322" w:history="1">
+            <w:hyperlink r:id="rId259469cb056cf1870" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId581669aebf26c2367" w:history="1">
+            <w:hyperlink r:id="rId294469cb056cf18b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -431,86 +431,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> FRSCO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="76255757" name="name597769aebf26c2454" descr="5047.jpg"/>
+                  <wp:docPr id="83649968" name="name208069cb056cf1f67" descr="5047.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="5047.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId489869aebf26c2453" cstate="print"/>
+                          <a:blip r:embed="rId441969cb056cf1f65" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId162169aebf26c2585" w:history="1">
+            <w:hyperlink r:id="rId982369cb056cf20d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -678,63 +678,63 @@
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="293" w:after="293" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
         <w:outlineLvl w:val="3"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Distribution</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31143282" name="name359269aebf26c36c9" descr="FRSCO_distribution_map.jpg"/>
+            <wp:docPr id="18476750" name="name254069cb056cf2d9d" descr="FRSCO_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="FRSCO_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId167069aebf26c36c6" cstate="print"/>
+                    <a:blip r:embed="rId235969cb056cf2d9b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2305,51 +2305,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Government (2017) Weeds in Australia, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId387269aebf26c43d8" w:history="1">
+      <w:hyperlink r:id="rId879469cb056cf3a31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2442,51 +2442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calflora (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">a. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568269aebf26c44d5" w:history="1">
+      <w:hyperlink r:id="rId603369cb056cf3b15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 25 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2653,51 +2653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId895569aebf26c4636" w:history="1">
+      <w:hyperlink r:id="rId718869cb056cf3c6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 8 November 2018]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2712,51 +2712,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Flora of North America (2017) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329569aebf26c4695" w:history="1">
+      <w:hyperlink r:id="rId674869cb056cf3cc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -2771,51 +2771,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Israel Ministry of Environmental Protection (2013) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Burr Ragweed, Information booklet. p. 7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875269aebf26c46f3" w:history="1">
+      <w:hyperlink r:id="rId544969cb056cf3d25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 23 September, 2017]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -3151,51 +3151,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ambrosia confertiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId686269aebf26c4970" w:history="1">
+      <w:hyperlink r:id="rId248569cb056cf3f8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -3280,51 +3280,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 50-54. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId972269aebf26c4a43" w:history="1">
+      <w:hyperlink r:id="rId357369cb056cf405c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12532</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -3420,137 +3420,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74014404">
+  <w:abstractNum w:abstractNumId="21411913">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48619699">
+    <w:lvl w:ilvl="0" w:tplc="37173743">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48619699" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37173743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48619699" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37173743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48619699" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37173743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48619699" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37173743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48619699" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37173743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48619699" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37173743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48619699" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37173743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48619699" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37173743" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74014403">
+  <w:abstractNum w:abstractNumId="21411912">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43644773">
+    <w:lvl w:ilvl="0" w:tplc="49449331">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -4302,55 +4302,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74014403">
-    <w:abstractNumId w:val="74014403"/>
+  <w:num w:numId="21411912">
+    <w:abstractNumId w:val="21411912"/>
   </w:num>
-  <w:num w:numId="74014404">
-    <w:abstractNumId w:val="74014404"/>
+  <w:num w:numId="21411913">
+    <w:abstractNumId w:val="21411913"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -15900,51 +15900,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId236128566" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId102705402" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId693169aebf26c2322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId581669aebf26c2367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId162169aebf26c2585" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId387269aebf26c43d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId568269aebf26c44d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId895569aebf26c4636" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId329569aebf26c4695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId875269aebf26c46f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId686269aebf26c4970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId972269aebf26c4a43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId489869aebf26c2453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId489869aebf26c2453.jpg"/><Relationship Id="rId167069aebf26c36c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId167069aebf26c36c6.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId118553360" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId397807984" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId259469cb056cf1870" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/" TargetMode="External"/><Relationship Id="rId294469cb056cf18b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/categorization" TargetMode="External"/><Relationship Id="rId982369cb056cf20d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/FRSCO/photos" TargetMode="External"/><Relationship Id="rId879469cb056cf3a31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.environment.gov.au/cgi-bin/biodiversity/invasive/weeds/weeddetails.pl?taxon_id=15367" TargetMode="External"/><Relationship Id="rId603369cb056cf3b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calflora.org/cgi-bin/species_query.cgi?where-calrecnum=294" TargetMode="External"/><Relationship Id="rId718869cb056cf3c6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/" TargetMode="External"/><Relationship Id="rId674869cb056cf3cc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.efloras.org/florataxon.aspx?flora_id=1&amp;taxon_id=250066047" TargetMode="External"/><Relationship Id="rId544969cb056cf3d25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.sviva.gov.il/InfoServices/ReservoirInfo/DocLib2/Publications/P0701-P0800/P0707.pdf" TargetMode="External"/><Relationship Id="rId248569cb056cf3f8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId357369cb056cf405c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12532" TargetMode="External"/><Relationship Id="rId441969cb056cf1f65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId441969cb056cf1f65.jpg"/><Relationship Id="rId235969cb056cf2d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId235969cb056cf2d9b.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>