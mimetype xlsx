--- v0 (2025-10-09)
+++ v1 (2026-01-20)
@@ -12,71 +12,71 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRAVI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="45">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>SCRV00</t>
   </si>
   <si>
-    <t>Cytorhabdovirus fragariarugosus</t>
+    <t>Alphacytorhabdovirus fragariarugosus</t>
   </si>
   <si>
     <t>SMYEV0</t>
   </si>
   <si>
     <t>Potexvirus fragariae</t>
   </si>
   <si>
     <t>STLCV0</t>
   </si>
   <si>
     <t>Strawberry latent C virus</t>
   </si>
   <si>
     <t>* Frazier NW (1974) Six new strawberry indicator clones evaluated for the detection and diagnosis of twelve graft-transmissible diseases. Plant Disease Reporter 58, 28-31.
 * McGrew JR (1970) Strawberry Latent C. pp. 16-18 In Frazier NW, Fulton JP, Thresh JM, Converse RH, Varney EH, Hewitt WB. Virus diseases of small fruits and grapevines (a handbook). University of California, Berkeley, USA. 290 pp.</t>
   </si>
   <si>
     <t>XANTFR</t>
   </si>
   <si>
     <t>Xanthomonas fragariae</t>
   </si>
   <si>
     <t xml:space="preserve">* CABI (2000) Xanthomonas fragariae. IMI Descriptions of Fungi and Bacteria No. 1455. CABI, Wallingford (GB).,  3 pp. </t>
@@ -128,50 +128,53 @@
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Rings RW, Neiswander RB (1966) Insect and mite pests of strawberries in Ohio.Ohio Agricultural Research and Development Center. Research Bulletin 987, 16 pp.</t>
   </si>
   <si>
     <t>SLRSV0</t>
   </si>
   <si>
     <t>Stralarivirus fragariae (as Fragaria)</t>
   </si>
   <si>
     <t>SYWB00</t>
   </si>
   <si>
     <t>Strawberry witches' broom phytoplasma (as Fragaria)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHMBFR</t>
   </si>
   <si>
     <t>'Candidatus Phlomobacter fragariae' (as Fragaria)</t>
+  </si>
+  <si>
+    <t>* Danet JL, Foissac X, Zreik L, Salar P, Verdin E, Nourrisseau JG, Garnier M (2003) “Candidatus Phlomobacter fragariae” is the prevalent agent of marginal chlorosis of strawberry in French production fields and is transmitted by the planthopper Cixius wagneri (China). Phytopathology 93(6), 644-649.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Fragaria)</t>
   </si>
   <si>
     <t>* Belton EM (1988) Lepidoptera on fruit crops in Canada, Simon Fraser University, Dept. of Biological Sciences, Pest Management Program, Burnaby, BC. 105 pp</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>ANTHSI</t>
   </si>
   <si>
     <t>Anthonomus signatus</t>
   </si>
   <si>
     <t>* Ashman TL, Penet L (2007) Direct and indirect effects of a sex-biased antagonist on male and female fertility: consequences for reproductive trait evoluation in a gender-dimorphic plant 169(5), 595-608.
 * Penet L, Collin CL, Ashman TL (2008) Florivory increases selfing: an experimental study in the wild strawberry, Fragaria virginiana. Plant Biology 11(1), 38-45.</t>
   </si>
 </sst>
 </file>
@@ -689,78 +692,80 @@
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>15</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>35</v>
       </c>
       <c r="B14" t="s">
         <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="B16" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">