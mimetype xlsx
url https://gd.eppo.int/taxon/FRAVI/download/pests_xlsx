--- v1 (2026-01-20)
+++ v2 (2026-03-17)
@@ -12,77 +12,65 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRAVI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="46">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
-  </si>
-[...10 lines deleted...]
-    <t>Potexvirus fragariae</t>
   </si>
   <si>
     <t>STLCV0</t>
   </si>
   <si>
     <t>Strawberry latent C virus</t>
   </si>
   <si>
     <t>* Frazier NW (1974) Six new strawberry indicator clones evaluated for the detection and diagnosis of twelve graft-transmissible diseases. Plant Disease Reporter 58, 28-31.
 * McGrew JR (1970) Strawberry Latent C. pp. 16-18 In Frazier NW, Fulton JP, Thresh JM, Converse RH, Varney EH, Hewitt WB. Virus diseases of small fruits and grapevines (a handbook). University of California, Berkeley, USA. 290 pp.</t>
   </si>
   <si>
     <t>XANTFR</t>
   </si>
   <si>
     <t>Xanthomonas fragariae</t>
   </si>
   <si>
     <t xml:space="preserve">* CABI (2000) Xanthomonas fragariae. IMI Descriptions of Fungi and Bacteria No. 1455. CABI, Wallingford (GB).,  3 pp. </t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>SVBV00</t>
@@ -145,58 +133,73 @@
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHMBFR</t>
   </si>
   <si>
     <t>'Candidatus Phlomobacter fragariae' (as Fragaria)</t>
   </si>
   <si>
     <t>* Danet JL, Foissac X, Zreik L, Salar P, Verdin E, Nourrisseau JG, Garnier M (2003) “Candidatus Phlomobacter fragariae” is the prevalent agent of marginal chlorosis of strawberry in French production fields and is transmitted by the planthopper Cixius wagneri (China). Phytopathology 93(6), 644-649.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Fragaria)</t>
   </si>
   <si>
     <t>* Belton EM (1988) Lepidoptera on fruit crops in Canada, Simon Fraser University, Dept. of Biological Sciences, Pest Management Program, Burnaby, BC. 105 pp</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
+    <t>SCRV00</t>
+  </si>
+  <si>
+    <t>Alphacytorhabdovirus fragariarugosus</t>
+  </si>
+  <si>
+    <t>* Bonneau P, Hogue R, Tellier S, Fournier V (2019) Evaluation of Various Sources of Viral Infection in Strawberry Fields of Quebec, Canada. Journal of Economic Entomology. https://doi.org/10.1093/jee/toz205</t>
+  </si>
+  <si>
     <t>ANTHSI</t>
   </si>
   <si>
     <t>Anthonomus signatus</t>
   </si>
   <si>
     <t>* Ashman TL, Penet L (2007) Direct and indirect effects of a sex-biased antagonist on male and female fertility: consequences for reproductive trait evoluation in a gender-dimorphic plant 169(5), 595-608.
 * Penet L, Collin CL, Ashman TL (2008) Florivory increases selfing: an experimental study in the wild strawberry, Fragaria virginiana. Plant Biology 11(1), 38-45.</t>
+  </si>
+  <si>
+    <t>SMYEV0</t>
+  </si>
+  <si>
+    <t>Potexvirus fragariae</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -538,234 +541,238 @@
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
-[...1 lines deleted...]
-      <c r="D3"/>
+        <v>9</v>
+      </c>
+      <c r="D3" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>11</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
-[...3 lines deleted...]
-      </c>
+        <v>19</v>
+      </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D7" t="s">
         <v>21</v>
       </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>15</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
         <v>30</v>
       </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="B12" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C12" t="s">
-        <v>32</v>
-[...1 lines deleted...]
-      <c r="D12"/>
+        <v>33</v>
+      </c>
+      <c r="D12" t="s">
+        <v>34</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>15</v>
+        <v>31</v>
       </c>
       <c r="B13" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="C13" t="s">
-        <v>34</v>
-[...1 lines deleted...]
-      <c r="D13"/>
+        <v>36</v>
+      </c>
+      <c r="D13" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>38</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="B15" t="s">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>41</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">