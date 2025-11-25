--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -12,80 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRAVE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
+    <t>SCRV00</t>
+  </si>
+  <si>
+    <t>Alphacytorhabdovirus fragariarugosus</t>
+  </si>
+  <si>
     <t>SCFAV0</t>
   </si>
   <si>
     <t>Closterovirus fragariae</t>
   </si>
   <si>
     <t>* Tzanetakis IE, Martin RR (2013) Expanding field of strawberry viruses which are important in North America. International Journal of Fruit Science 13, 184-195.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Cytorhabdovirus fragariarugosus</t>
   </si>
   <si>
     <t>SNSV00</t>
   </si>
   <si>
     <t>Ilarvirus SNSV</t>
   </si>
   <si>
     <t>* Sharman M, Constable F, Perera R, Thomas JE (2011) First report of Strawberry necrotic shock virus infecting strawberry (Fragaria vesca) from Australia. Australasian Plant Disease Notes 6, 54-56.</t>
   </si>
   <si>
     <t>SMYEV0</t>
   </si>
   <si>
     <t>Potexvirus fragariae</t>
   </si>
   <si>
     <t>XANTFR</t>
   </si>
   <si>
     <t>Xanthomonas fragariae</t>
   </si>
   <si>
     <t xml:space="preserve">* CABI (2000) Xanthomonas fragariae. IMI Descriptions of Fungi and Bacteria No. 1455. CABI, Wallingford (GB).,  3 pp. </t>
   </si>
@@ -237,50 +237,53 @@
   </si>
   <si>
     <t>SYWB00</t>
   </si>
   <si>
     <t>Strawberry witches' broom phytoplasma (as Fragaria)</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Kalpana Tillekaratne, Edirisinghe JP, Gunatilleke CVS, Karunaratne AIP (2011) A checklist of thrips species of Sri Lanka. Ceylon Journal of Science (Bio. Sci.) 40(2), 89-108.
 * Sartiami D, Mound LA (2013) Identification of the terebrantian thrips (Insecta, Thysanoptera) associated with cultivated plants in Java, Indonesia. ZooKeys 306, 1-21.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHMBFR</t>
   </si>
   <si>
     <t>'Candidatus Phlomobacter fragariae' (as Fragaria)</t>
+  </si>
+  <si>
+    <t>* Danet JL, Foissac X, Zreik L, Salar P, Verdin E, Nourrisseau JG, Garnier M (2003) “Candidatus Phlomobacter fragariae” is the prevalent agent of marginal chlorosis of strawberry in French production fields and is transmitted by the planthopper Cixius wagneri (China). Phytopathology 93(6), 644-649.</t>
   </si>
   <si>
     <t>SVBV00</t>
   </si>
   <si>
     <t>Caulimovirus venafragariae</t>
   </si>
   <si>
     <t>* Martin RR, Tzanetakis IE (2006) Characterization and recent advances in detection of strawberry viruses. Plant Disease 90(4), 384-396.
 * Kitajima EW, Betti JA, Costa AS (1973) Strawberry vein-banding virus, a member of the cauliflower mosaic virus group. Journal of General Virology 20(1), 117-119.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Fragaria)</t>
   </si>
   <si>
     <t>* Belton EM (1988) Lepidoptera on fruit crops in Canada, Simon Fraser University, Dept. of Biological Sciences, Pest Management Program, Burnaby, BC. 105 pp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
@@ -641,65 +644,65 @@
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
+        <v>7</v>
+      </c>
+      <c r="C3" t="s">
         <v>8</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>9</v>
       </c>
-      <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
@@ -949,78 +952,80 @@
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
         <v>66</v>
       </c>
       <c r="D24" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>68</v>
       </c>
       <c r="B25" t="s">
         <v>69</v>
       </c>
       <c r="C25" t="s">
         <v>70</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>68</v>
       </c>
       <c r="B26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>68</v>
       </c>
       <c r="B27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">