--- v1 (2025-11-25)
+++ v2 (2026-03-07)
@@ -12,95 +12,98 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRAVE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="78">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>SCRV00</t>
   </si>
   <si>
     <t>Alphacytorhabdovirus fragariarugosus</t>
   </si>
   <si>
     <t>SCFAV0</t>
   </si>
   <si>
     <t>Closterovirus fragariae</t>
   </si>
   <si>
     <t>* Tzanetakis IE, Martin RR (2013) Expanding field of strawberry viruses which are important in North America. International Journal of Fruit Science 13, 184-195.</t>
   </si>
   <si>
     <t>SNSV00</t>
   </si>
   <si>
     <t>Ilarvirus SNSV</t>
   </si>
   <si>
     <t>* Sharman M, Constable F, Perera R, Thomas JE (2011) First report of Strawberry necrotic shock virus infecting strawberry (Fragaria vesca) from Australia. Australasian Plant Disease Notes 6, 54-56.</t>
   </si>
   <si>
     <t>SMYEV0</t>
   </si>
   <si>
     <t>Potexvirus fragariae</t>
+  </si>
+  <si>
+    <t>* Franova J (2001) Occurrence of graft-transmissible virus diseases of the strawberry in the Czech Republic. Acta virologica 45(3), 151-158.</t>
   </si>
   <si>
     <t>XANTFR</t>
   </si>
   <si>
     <t>Xanthomonas fragariae</t>
   </si>
   <si>
     <t xml:space="preserve">* CABI (2000) Xanthomonas fragariae. IMI Descriptions of Fungi and Bacteria No. 1455. CABI, Wallingford (GB).,  3 pp. </t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Salles LAB (1995) Bioecologia e controle da mosca-das-frutas sul-americana. Empresa Brasileira de Pesquisa Agropecuária, Centro de Pesquisa Agropecuária de Clima Temperado, Pelotas. 58 pp.
 * Zucchi RA (2000) Espécies de Anastrepha, sinonímias, plantas hospedeiras e parasitóides. In: Malavasi A, Zucchi RA (eds) Moscas-das-frutas de importância econômica no Brasil. Conhecimento básico e aplicado, 41–48. Holos Ed, Riberão Preto, Brazil.</t>
   </si>
   <si>
     <t>ANTHSI</t>
@@ -684,348 +687,350 @@
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>10</v>
       </c>
       <c r="C4" t="s">
         <v>11</v>
       </c>
       <c r="D4" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B25" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">