--- v0 (2025-10-08)
+++ v1 (2026-03-16)
@@ -12,87 +12,96 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRANSC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="22">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Potential vector</t>
   </si>
   <si>
     <t>TSV000</t>
   </si>
   <si>
     <t>Ilarvirus TSV</t>
   </si>
   <si>
     <t>* Shukla S, Kalyani G, Kulkarni N, Waliyar F, Nigam SN (2005) Mechanism of transmission of Tobacco streak virus by Scirtothrips dorsalis, Frankliniella schultzei and Megalurothrips usitatus in groundnut, Arachis hypogaea L. Journal of Oilseeds Research 22(1), 215-217.</t>
   </si>
   <si>
     <t>Known vector</t>
   </si>
   <si>
     <t>GRSV00</t>
   </si>
   <si>
     <t>Orthotospovirus arachianuli</t>
   </si>
   <si>
     <t>* Jones DR (2005) Plant viruses transmitted by thrips. European Journal of Plant Pathology 113(2), 119-157.
 * Wijkamp I, Almazara N, Goldbach R, Peters D (1995) Distinct levels of specificity in thrips transmission of tospoviruses. Phytopathology 85, 1069-1074.</t>
+  </si>
+  <si>
+    <t>GBNV00</t>
+  </si>
+  <si>
+    <t>Orthotospovirus arachinecrosis</t>
+  </si>
+  <si>
+    <t>* Rabeena I, Chinnaiah C, Karthikeyan G, Usharani T R, Balakrishnan N, Kennedy J S, Rajabaskar D (2019) Incidence of Groundnut bud necrosis virus (Bunyaviridae: Tospovirus) and associated vector (Frankliniella schultzei trybom) in major tomato growing regions of Tamil Nadu and Karnataka. Pest Management in Horticultural Ecosystems. 25 (2), 233-240. http://www.aapmhe.in/index.php/pmhe/article/view/916</t>
   </si>
   <si>
     <t>CSNV00</t>
   </si>
   <si>
     <t>Orthotospovirus chrysanthinecrocaulis</t>
   </si>
   <si>
     <t>* Bezzera IC, Resende O, Pozzer L, Nagata T, Kormelink R, de Ávila AC (1999) Increase of tospoviral diversity in Brazil with the identification of two new tospovirus species, one from chrysanthemum and one from zucchini. Phytopathology 89, 823-830.
 * Jones DR (2005) Plant viruses transmitted by thrips. European Journal of Plant Pathology 113(2), 119-157.
 * Nagata T, de Avila C (2000) Transmission of chrysanthemum stem necrosis virus, a recently discovered tospovirus, by two thrips species. Journal of Phytopathology, 148(2), 65-128.</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* EFSA Panel on Plant Health (2012) Scientific Opinion on the pest categorisation of the tospoviruses. EFSA Journal, 10(7), p.2772.</t>
   </si>
   <si>
     <t>TCSV00</t>
   </si>
   <si>
@@ -428,62 +437,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D7"/>
+  <dimension ref="A1:D8"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="19.995" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="317.208" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="476.455" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -523,64 +532,78 @@
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
         <v>15</v>
       </c>
       <c r="C5" t="s">
         <v>16</v>
       </c>
       <c r="D5" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>11</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4">
+      <c r="A8" t="s">
+        <v>8</v>
+      </c>
+      <c r="B8" t="s">
+        <v>23</v>
+      </c>
+      <c r="C8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D8" t="s">
         <v>11</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>