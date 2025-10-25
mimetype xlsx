--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRANOC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="123">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>* Gómez-Santos AA, Orozco J, Valdespino RA (2024) Trips (Insecta: Thysanoptera) asociados a cebolla, lechuga, chile dulce y malezas asociadas en El Zamorano, Honduras. Ciencia y Tecnología Agropecuaria 25(1), e3447. https://doi.org/10.21930/rcta.vol25_num1_art:3447
 * Martínez, RT, Poojari S, Tolin SA, Cayetano X, Naidu RA (2014) First report of Tomato spotted wilt virus in peppers and tomato in the Dominican Republic. Plant Disease 98(1), 163-164.</t>
   </si>
@@ -364,50 +364,59 @@
   </si>
   <si>
     <t>HCRUN</t>
   </si>
   <si>
     <t>Selenicereus undatus</t>
   </si>
   <si>
     <t>* Meza K, Cusme M, Velasquez J, Chirinos D (2020) Thrips (Thysanoptera) associated with Pitahaya Selenicereus undatus (Haw.) D.R. Hunt. Species, population levels and some natural enemies. LA GRANJA: Revista de Ciencias de la Vida 32(2) 2020:91-103. https://doi.org/10.17163/lgr.n32.2020.07
 ------- most abundant specie in Ecuador, as Selenicereus undatus.</t>
   </si>
   <si>
     <t>SNNSP</t>
   </si>
   <si>
     <t>Sinningia speciosa</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
   <si>
     <t>* Martínez, RT, Poojari S, Tolin SA, Cayetano X, Naidu RA (2014) First report of Tomato spotted wilt virus in peppers and tomato in the Dominican Republic. Plant Disease 98(1), 163-164.</t>
+  </si>
+  <si>
+    <t>SOLMU</t>
+  </si>
+  <si>
+    <t>Solanum muricatum</t>
+  </si>
+  <si>
+    <t>* Ishikawa T, Takahata K (2019) Insect and mite pests of pepino (Solanum muricatum Ait.) in Japan. Biodiversity Data Journal 7, e36453. https://doi.org/10.3897/BDJ.7.e36453</t>
   </si>
   <si>
     <t>1VACG</t>
   </si>
   <si>
     <t>Vaccinium</t>
   </si>
   <si>
     <t>* Ortiz JA, Infante F, Rodriguez D, Toledo-Hernandez RA (2020) Discovery of Scirtothrips dorsalis (Thysanoptera: Thripidae) in blueberry fields of Michoacan, Mexico. Florida Entomologist 103(3), 408-410. https://doi.org/10.1653/024.103.0316</t>
   </si>
   <si>
     <t>2VEGP</t>
   </si>
   <si>
     <t>vegetable plants</t>
   </si>
   <si>
     <t>VITVI</t>
   </si>
   <si>
     <t>Vitis vinifera</t>
   </si>
   <si>
     <t>* İbrahim TE, Atakan E (2022) Investigation of thrips (Thysanoptera) species, their population changes and damage rates in vineyards of Mersin Province (Türkiye). Turkish Journal of Entomology 46(2), 199-210.
 * Moleas T, Baldacchino F, Addante R (1996) Integrated control of Frankliniella occidentalis (Pergande) on table grapes in 1992-94. Difesa delle Piante, 19(1), 41-48.</t>
@@ -736,51 +745,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D48"/>
+  <dimension ref="A1:D49"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1360,64 +1369,78 @@
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>38</v>
       </c>
       <c r="B46" t="s">
         <v>115</v>
       </c>
       <c r="C46" t="s">
         <v>116</v>
       </c>
       <c r="D46" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>38</v>
       </c>
       <c r="B47" t="s">
         <v>118</v>
       </c>
       <c r="C47" t="s">
         <v>119</v>
       </c>
-      <c r="D47"/>
+      <c r="D47" t="s">
+        <v>120</v>
+      </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>38</v>
       </c>
       <c r="B48" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C48" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D48" t="s">
         <v>122</v>
+      </c>
+      <c r="D48"/>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>38</v>
+      </c>
+      <c r="B49" t="s">
+        <v>123</v>
+      </c>
+      <c r="C49" t="s">
+        <v>124</v>
+      </c>
+      <c r="D49" t="s">
+        <v>125</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">