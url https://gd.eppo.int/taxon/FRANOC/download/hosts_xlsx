--- v1 (2025-10-25)
+++ v2 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRANOC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="126">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>* Gómez-Santos AA, Orozco J, Valdespino RA (2024) Trips (Insecta: Thysanoptera) asociados a cebolla, lechuga, chile dulce y malezas asociadas en El Zamorano, Honduras. Ciencia y Tecnología Agropecuaria 25(1), e3447. https://doi.org/10.21930/rcta.vol25_num1_art:3447
 * Martínez, RT, Poojari S, Tolin SA, Cayetano X, Naidu RA (2014) First report of Tomato spotted wilt virus in peppers and tomato in the Dominican Republic. Plant Disease 98(1), 163-164.</t>
   </si>
@@ -174,50 +174,60 @@
     <t>BEAVX</t>
   </si>
   <si>
     <t>Beta vulgaris</t>
   </si>
   <si>
     <t>CAUTI</t>
   </si>
   <si>
     <t>Carthamus tinctorius</t>
   </si>
   <si>
     <t>CHEQU</t>
   </si>
   <si>
     <t>Chenopodium quinoa</t>
   </si>
   <si>
     <t>* Chorbadjian RA, Ahumada MI, Urra F, Elgueta M, Gilligan TM (2021) Biogeographical patterns of herbivore arthropods associated with Chenopodium quinoa grown along the Latitudinal Gradient of Chile. Plants 10(12), 2811. doi:10.3390/plants10122811</t>
   </si>
   <si>
     <t>CIDPA</t>
   </si>
   <si>
     <t>Citrus x aurantium var. paradisi</t>
+  </si>
+  <si>
+    <t>CIDLA</t>
+  </si>
+  <si>
+    <t>Citrus x latifolia</t>
+  </si>
+  <si>
+    <t>* Shayanmehr M, Yoosefi Lafooraki E, Bakhshi A, Mirab-Balou M (2025) Damage report caused by two herbivorous thrips in lime greenhouses in Sari, Mazandaran province. Plant Pest Research. 2024-15(1), 97-101 https://doi.org/10.22124/iprj.2025.30043.1631 
+----reported on Limeqoat and Persian Lime cultivars in greenhouses in Mazandaran province, Iran.</t>
   </si>
   <si>
     <t>1CUCF</t>
   </si>
   <si>
     <t>Cucurbitaceae</t>
   </si>
   <si>
     <t>CUUPE</t>
   </si>
   <si>
     <t>Cucurbita pepo</t>
   </si>
   <si>
     <t>* Benmessaoud-Boukhalfa H, Mouhouche F, Belmazouzi FZ (2010) Inventory and identification of some Thrips species in coastal and subcoastal regions of Algeria. Agriculture and Biology Journal of North America, 1(5), 755-761.</t>
   </si>
   <si>
     <t>DAUCS</t>
   </si>
   <si>
     <t>Daucus carota subsp. sativus</t>
   </si>
   <si>
     <t>DINCA</t>
   </si>
@@ -745,51 +755,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D49"/>
+  <dimension ref="A1:D50"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1031,416 +1041,430 @@
         <v>50</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>38</v>
       </c>
       <c r="B20" t="s">
         <v>51</v>
       </c>
       <c r="C20" t="s">
         <v>52</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>38</v>
       </c>
       <c r="B21" t="s">
         <v>53</v>
       </c>
       <c r="C21" t="s">
         <v>54</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>38</v>
       </c>
       <c r="B22" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C22" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>57</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>38</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>38</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>38</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>64</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>38</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
       <c r="D26" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>38</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27" t="s">
         <v>70</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>38</v>
       </c>
       <c r="B28" t="s">
         <v>71</v>
       </c>
       <c r="C28" t="s">
         <v>72</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>38</v>
       </c>
       <c r="B29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C29" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D29" t="s">
         <v>75</v>
       </c>
+      <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>38</v>
       </c>
       <c r="B30" t="s">
         <v>76</v>
       </c>
       <c r="C30" t="s">
         <v>77</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>38</v>
       </c>
       <c r="B31" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C31" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>38</v>
       </c>
       <c r="B32" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="C32" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>82</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>38</v>
       </c>
       <c r="B33" t="s">
         <v>83</v>
       </c>
       <c r="C33" t="s">
         <v>84</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>38</v>
       </c>
       <c r="B34" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C34" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>38</v>
       </c>
       <c r="B35" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C35" t="s">
-        <v>88</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>89</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>38</v>
       </c>
       <c r="B36" t="s">
         <v>90</v>
       </c>
       <c r="C36" t="s">
         <v>91</v>
       </c>
       <c r="D36" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>38</v>
       </c>
       <c r="B37" t="s">
         <v>93</v>
       </c>
       <c r="C37" t="s">
         <v>94</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>38</v>
       </c>
       <c r="B38" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C38" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D38" t="s">
         <v>97</v>
       </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>38</v>
       </c>
       <c r="B39" t="s">
         <v>98</v>
       </c>
       <c r="C39" t="s">
         <v>99</v>
       </c>
-      <c r="D39"/>
+      <c r="D39" t="s">
+        <v>100</v>
+      </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>38</v>
       </c>
       <c r="B40" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C40" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>38</v>
       </c>
       <c r="B41" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>38</v>
       </c>
       <c r="B42" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C42" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>106</v>
       </c>
+      <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>38</v>
       </c>
       <c r="B43" t="s">
         <v>107</v>
       </c>
       <c r="C43" t="s">
         <v>108</v>
       </c>
       <c r="D43" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>38</v>
       </c>
       <c r="B44" t="s">
         <v>110</v>
       </c>
       <c r="C44" t="s">
         <v>111</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>112</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>38</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="C45" t="s">
-        <v>113</v>
-[...1 lines deleted...]
-      <c r="D45" t="s">
         <v>114</v>
       </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>38</v>
       </c>
       <c r="B46" t="s">
         <v>115</v>
       </c>
       <c r="C46" t="s">
         <v>116</v>
       </c>
       <c r="D46" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>38</v>
       </c>
       <c r="B47" t="s">
         <v>118</v>
       </c>
       <c r="C47" t="s">
         <v>119</v>
       </c>
       <c r="D47" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>38</v>
       </c>
       <c r="B48" t="s">
         <v>121</v>
       </c>
       <c r="C48" t="s">
         <v>122</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>123</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>38</v>
       </c>
       <c r="B49" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C49" t="s">
-        <v>124</v>
-[...1 lines deleted...]
-      <c r="D49" t="s">
         <v>125</v>
+      </c>
+      <c r="D49"/>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>38</v>
+      </c>
+      <c r="B50" t="s">
+        <v>126</v>
+      </c>
+      <c r="C50" t="s">
+        <v>127</v>
+      </c>
+      <c r="D50" t="s">
+        <v>128</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">