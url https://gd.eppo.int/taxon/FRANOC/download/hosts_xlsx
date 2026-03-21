--- v2 (2026-02-24)
+++ v3 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRANOC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="129">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>* Gómez-Santos AA, Orozco J, Valdespino RA (2024) Trips (Insecta: Thysanoptera) asociados a cebolla, lechuga, chile dulce y malezas asociadas en El Zamorano, Honduras. Ciencia y Tecnología Agropecuaria 25(1), e3447. https://doi.org/10.21930/rcta.vol25_num1_art:3447
 * Martínez, RT, Poojari S, Tolin SA, Cayetano X, Naidu RA (2014) First report of Tomato spotted wilt virus in peppers and tomato in the Dominican Republic. Plant Disease 98(1), 163-164.</t>
   </si>
@@ -309,50 +309,59 @@
     <t>LTHOD</t>
   </si>
   <si>
     <t>Lathyrus odoratus</t>
   </si>
   <si>
     <t>MNGIN</t>
   </si>
   <si>
     <t>Mangifera indica</t>
   </si>
   <si>
     <t xml:space="preserve">* Grove T, Giliomee JH, Pringle KL (2001) Thrips (Thysanoptera) species associated with mango trees in South Africa. African Entomology 9(2), 153-162.
 ------- observed on flowers. </t>
   </si>
   <si>
     <t>MENPI</t>
   </si>
   <si>
     <t>Mentha x piperita</t>
   </si>
   <si>
     <t>* DeAngelis JD, Sether DM and Rossignol PA (1994) Transmission of impatiens necrotic spot virus in peppermint by western flower thrips (Thysanoptera: Thripidae). Journal of Economic Entomology, 87 (1), 197-201.</t>
   </si>
   <si>
+    <t>1MUBG</t>
+  </si>
+  <si>
+    <t>Musa</t>
+  </si>
+  <si>
+    <t>* Njue NI, Toroitich FJ, Kimenju JW (2025) Diversity and abundance of thrips species on bananas from different ecological zones in Embu County, Kenya. Journal of Entomological &amp; Acarological Research 57(1), 12575. doi:10.4081/jear.2025.12575</t>
+  </si>
+  <si>
     <t>NIOTA</t>
   </si>
   <si>
     <t>Nicotiana tabacum</t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
     <t>* GNyasani JO, Meyhöfer R, Subramanian S, Poehling HM (2012) Effect of intercrops on thrips species composition and population abundance on French beans in Kenya. Entomologia experimentalis et applicata 142(3), 236-246.</t>
   </si>
   <si>
     <t>PIBSX</t>
   </si>
   <si>
     <t>Pisum sativum</t>
   </si>
   <si>
     <t>PURTR</t>
   </si>
   <si>
     <t>Purshia tridentata</t>
@@ -408,50 +417,59 @@
   </si>
   <si>
     <t>1VACG</t>
   </si>
   <si>
     <t>Vaccinium</t>
   </si>
   <si>
     <t>* Ortiz JA, Infante F, Rodriguez D, Toledo-Hernandez RA (2020) Discovery of Scirtothrips dorsalis (Thysanoptera: Thripidae) in blueberry fields of Michoacan, Mexico. Florida Entomologist 103(3), 408-410. https://doi.org/10.1653/024.103.0316</t>
   </si>
   <si>
     <t>2VEGP</t>
   </si>
   <si>
     <t>vegetable plants</t>
   </si>
   <si>
     <t>VITVI</t>
   </si>
   <si>
     <t>Vitis vinifera</t>
   </si>
   <si>
     <t>* İbrahim TE, Atakan E (2022) Investigation of thrips (Thysanoptera) species, their population changes and damage rates in vineyards of Mersin Province (Türkiye). Turkish Journal of Entomology 46(2), 199-210.
 * Moleas T, Baldacchino F, Addante R (1996) Integrated control of Frankliniella occidentalis (Pergande) on table grapes in 1992-94. Difesa delle Piante, 19(1), 41-48.</t>
+  </si>
+  <si>
+    <t>CJFFL</t>
+  </si>
+  <si>
+    <t>x Citrofortunella floridana</t>
+  </si>
+  <si>
+    <t>* Shayanmehr M, Yoosefi Lafooraki E, Bakhshi A, Mirab-Balou M (2025) Damage report caused by two herbivorous thrips in lime greenhouses in Sari, Mazandaran province. Plant Pest Research 2024-15(1), 97-101 https://doi.org/10.22124/iprj.2025.30043.1631</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -755,51 +773,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D50"/>
+  <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1263,208 +1281,236 @@
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>38</v>
       </c>
       <c r="B37" t="s">
         <v>93</v>
       </c>
       <c r="C37" t="s">
         <v>94</v>
       </c>
       <c r="D37" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>38</v>
       </c>
       <c r="B38" t="s">
         <v>96</v>
       </c>
       <c r="C38" t="s">
         <v>97</v>
       </c>
-      <c r="D38"/>
+      <c r="D38" t="s">
+        <v>98</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>38</v>
       </c>
       <c r="B39" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C39" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D39" t="s">
         <v>100</v>
       </c>
+      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>38</v>
       </c>
       <c r="B40" t="s">
         <v>101</v>
       </c>
       <c r="C40" t="s">
         <v>102</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>38</v>
       </c>
       <c r="B41" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>38</v>
       </c>
       <c r="B42" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>38</v>
       </c>
       <c r="B43" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C43" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D43" t="s">
         <v>109</v>
       </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>38</v>
       </c>
       <c r="B44" t="s">
         <v>110</v>
       </c>
       <c r="C44" t="s">
         <v>111</v>
       </c>
       <c r="D44" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>38</v>
       </c>
       <c r="B45" t="s">
         <v>113</v>
       </c>
       <c r="C45" t="s">
         <v>114</v>
       </c>
-      <c r="D45"/>
+      <c r="D45" t="s">
+        <v>115</v>
+      </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>38</v>
       </c>
       <c r="B46" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="C46" t="s">
-        <v>116</v>
-[...1 lines deleted...]
-      <c r="D46" t="s">
         <v>117</v>
       </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>38</v>
       </c>
       <c r="B47" t="s">
         <v>118</v>
       </c>
       <c r="C47" t="s">
         <v>119</v>
       </c>
       <c r="D47" t="s">
         <v>120</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>38</v>
       </c>
       <c r="B48" t="s">
         <v>121</v>
       </c>
       <c r="C48" t="s">
         <v>122</v>
       </c>
       <c r="D48" t="s">
         <v>123</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>38</v>
       </c>
       <c r="B49" t="s">
         <v>124</v>
       </c>
       <c r="C49" t="s">
         <v>125</v>
       </c>
-      <c r="D49"/>
+      <c r="D49" t="s">
+        <v>126</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>38</v>
       </c>
       <c r="B50" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C50" t="s">
-        <v>127</v>
-[...1 lines deleted...]
-      <c r="D50" t="s">
         <v>128</v>
+      </c>
+      <c r="D50"/>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>38</v>
+      </c>
+      <c r="B51" t="s">
+        <v>129</v>
+      </c>
+      <c r="C51" t="s">
+        <v>130</v>
+      </c>
+      <c r="D51" t="s">
+        <v>131</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>38</v>
+      </c>
+      <c r="B52" t="s">
+        <v>132</v>
+      </c>
+      <c r="C52" t="s">
+        <v>133</v>
+      </c>
+      <c r="D52" t="s">
+        <v>134</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">