--- v0 (2025-10-04)
+++ v1 (2026-02-04)
@@ -1133,51 +1133,51 @@
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>