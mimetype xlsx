--- v1 (2026-02-04)
+++ v2 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRANOC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="429">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -804,50 +804,62 @@
     <t>Zhejiang</t>
   </si>
   <si>
     <t>zj</t>
   </si>
   <si>
     <t>India</t>
   </si>
   <si>
     <t>IN</t>
   </si>
   <si>
     <t>Bihar</t>
   </si>
   <si>
     <t>bh</t>
   </si>
   <si>
     <t>Karnataka</t>
   </si>
   <si>
     <t>kt</t>
   </si>
   <si>
     <t>Tamil Nadu</t>
+  </si>
+  <si>
+    <t>Indonesia</t>
+  </si>
+  <si>
+    <t>ID</t>
+  </si>
+  <si>
+    <t>Java</t>
+  </si>
+  <si>
+    <t>jv</t>
   </si>
   <si>
     <t>Iran, Islamic Republic of</t>
   </si>
   <si>
     <t>IR</t>
   </si>
   <si>
     <t>Israel</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Hokkaido</t>
   </si>
   <si>
     <t>hk</t>
   </si>
@@ -1646,51 +1658,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F214"/>
+  <dimension ref="A1:F216"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -4115,1494 +4127,1530 @@
         <v>263</v>
       </c>
       <c r="D129" t="s">
         <v>258</v>
       </c>
       <c r="E129" t="s">
         <v>184</v>
       </c>
       <c r="F129" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
         <v>203</v>
       </c>
       <c r="B130" t="s">
         <v>264</v>
       </c>
       <c r="C130"/>
       <c r="D130" t="s">
         <v>265</v>
       </c>
       <c r="E130"/>
       <c r="F130" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
         <v>203</v>
       </c>
       <c r="B131" t="s">
+        <v>264</v>
+      </c>
+      <c r="C131" t="s">
         <v>266</v>
       </c>
-      <c r="C131"/>
       <c r="D131" t="s">
+        <v>265</v>
+      </c>
+      <c r="E131" t="s">
         <v>267</v>
       </c>
-      <c r="E131"/>
       <c r="F131" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
         <v>203</v>
       </c>
       <c r="B132" t="s">
         <v>268</v>
       </c>
       <c r="C132"/>
       <c r="D132" t="s">
         <v>269</v>
       </c>
       <c r="E132"/>
       <c r="F132" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
         <v>203</v>
       </c>
       <c r="B133" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="C133" t="s">
         <v>270</v>
       </c>
+      <c r="C133"/>
       <c r="D133" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="E133" t="s">
         <v>271</v>
       </c>
+      <c r="E133"/>
       <c r="F133" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
         <v>203</v>
       </c>
       <c r="B134" t="s">
-        <v>268</v>
-[...1 lines deleted...]
-      <c r="C134" t="s">
         <v>272</v>
       </c>
+      <c r="C134"/>
       <c r="D134" t="s">
-        <v>269</v>
-[...1 lines deleted...]
-      <c r="E134" t="s">
         <v>273</v>
       </c>
+      <c r="E134"/>
       <c r="F134" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="135" spans="1:6">
       <c r="A135" t="s">
         <v>203</v>
       </c>
       <c r="B135" t="s">
-        <v>268</v>
+        <v>272</v>
       </c>
       <c r="C135" t="s">
         <v>274</v>
       </c>
       <c r="D135" t="s">
-        <v>269</v>
+        <v>273</v>
       </c>
       <c r="E135" t="s">
-        <v>139</v>
+        <v>275</v>
       </c>
       <c r="F135" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="136" spans="1:6">
       <c r="A136" t="s">
         <v>203</v>
       </c>
       <c r="B136" t="s">
-        <v>275</v>
-[...1 lines deleted...]
-      <c r="C136"/>
+        <v>272</v>
+      </c>
+      <c r="C136" t="s">
+        <v>276</v>
+      </c>
       <c r="D136" t="s">
-        <v>276</v>
-[...1 lines deleted...]
-      <c r="E136"/>
+        <v>273</v>
+      </c>
+      <c r="E136" t="s">
+        <v>277</v>
+      </c>
       <c r="F136" t="s">
-        <v>277</v>
+        <v>9</v>
       </c>
     </row>
     <row r="137" spans="1:6">
       <c r="A137" t="s">
         <v>203</v>
       </c>
       <c r="B137" t="s">
+        <v>272</v>
+      </c>
+      <c r="C137" t="s">
         <v>278</v>
       </c>
-      <c r="C137"/>
       <c r="D137" t="s">
-        <v>279</v>
-[...1 lines deleted...]
-      <c r="E137"/>
+        <v>273</v>
+      </c>
+      <c r="E137" t="s">
+        <v>139</v>
+      </c>
       <c r="F137" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
         <v>203</v>
       </c>
       <c r="B138" t="s">
-        <v>280</v>
+        <v>279</v>
       </c>
       <c r="C138"/>
       <c r="D138" t="s">
-        <v>281</v>
+        <v>280</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>12</v>
+        <v>281</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
         <v>203</v>
       </c>
       <c r="B139" t="s">
         <v>282</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
         <v>283</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
         <v>203</v>
       </c>
       <c r="B140" t="s">
         <v>284</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
         <v>285</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
         <v>203</v>
       </c>
       <c r="B141" t="s">
-        <v>284</v>
-[...1 lines deleted...]
-      <c r="C141" t="s">
         <v>286</v>
       </c>
+      <c r="C141"/>
       <c r="D141" t="s">
-        <v>285</v>
-[...1 lines deleted...]
-      <c r="E141" t="s">
         <v>287</v>
       </c>
+      <c r="E141"/>
       <c r="F141" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
         <v>203</v>
       </c>
       <c r="B142" t="s">
         <v>288</v>
       </c>
       <c r="C142"/>
       <c r="D142" t="s">
         <v>289</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
         <v>203</v>
       </c>
       <c r="B143" t="s">
+        <v>288</v>
+      </c>
+      <c r="C143" t="s">
         <v>290</v>
       </c>
-      <c r="C143"/>
       <c r="D143" t="s">
+        <v>289</v>
+      </c>
+      <c r="E143" t="s">
         <v>291</v>
       </c>
-      <c r="E143"/>
       <c r="F143" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
         <v>203</v>
       </c>
       <c r="B144" t="s">
         <v>292</v>
       </c>
       <c r="C144"/>
       <c r="D144" t="s">
         <v>293</v>
       </c>
       <c r="E144"/>
       <c r="F144" t="s">
-        <v>109</v>
+        <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
         <v>203</v>
       </c>
       <c r="B145" t="s">
         <v>294</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
         <v>295</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
         <v>203</v>
       </c>
       <c r="B146" t="s">
         <v>296</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>297</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
         <v>109</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
         <v>203</v>
       </c>
       <c r="B147" t="s">
         <v>298</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
         <v>299</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>300</v>
+        <v>12</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
         <v>203</v>
       </c>
       <c r="B148" t="s">
-        <v>301</v>
+        <v>300</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
-        <v>302</v>
+        <v>301</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>12</v>
+        <v>109</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
-        <v>303</v>
+        <v>203</v>
       </c>
       <c r="B149" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>9</v>
+        <v>304</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
-        <v>303</v>
+        <v>203</v>
       </c>
       <c r="B150" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
-        <v>307</v>
+        <v>306</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B151" t="s">
         <v>308</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
         <v>309</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B152" t="s">
         <v>310</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
         <v>311</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B153" t="s">
         <v>312</v>
       </c>
       <c r="C153"/>
       <c r="D153" t="s">
         <v>313</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B154" t="s">
         <v>314</v>
       </c>
       <c r="C154"/>
       <c r="D154" t="s">
         <v>315</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B155" t="s">
         <v>316</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
         <v>317</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B156" t="s">
         <v>318</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
         <v>319</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B157" t="s">
         <v>320</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
         <v>321</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B158" t="s">
         <v>322</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
         <v>323</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B159" t="s">
         <v>324</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
         <v>325</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B160" t="s">
         <v>326</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
         <v>327</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B161" t="s">
         <v>328</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
         <v>329</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B162" t="s">
         <v>330</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
         <v>331</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B163" t="s">
         <v>332</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>333</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B164" t="s">
         <v>334</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
         <v>335</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B165" t="s">
         <v>336</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
         <v>337</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B166" t="s">
-        <v>336</v>
-[...1 lines deleted...]
-      <c r="C166" t="s">
         <v>338</v>
       </c>
+      <c r="C166"/>
       <c r="D166" t="s">
-        <v>337</v>
-[...3 lines deleted...]
-      </c>
+        <v>339</v>
+      </c>
+      <c r="E166"/>
       <c r="F166" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B167" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C167"/>
       <c r="D167" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B168" t="s">
+        <v>340</v>
+      </c>
+      <c r="C168" t="s">
+        <v>342</v>
+      </c>
+      <c r="D168" t="s">
         <v>341</v>
       </c>
-      <c r="C168"/>
-[...3 lines deleted...]
-      <c r="E168"/>
+      <c r="E168" t="s">
+        <v>122</v>
+      </c>
       <c r="F168" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B169" t="s">
         <v>343</v>
       </c>
       <c r="C169"/>
       <c r="D169" t="s">
         <v>344</v>
       </c>
       <c r="E169"/>
       <c r="F169" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B170" t="s">
         <v>345</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
         <v>346</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B171" t="s">
-        <v>345</v>
-[...1 lines deleted...]
-      <c r="C171" t="s">
         <v>347</v>
       </c>
+      <c r="C171"/>
       <c r="D171" t="s">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>348</v>
+      </c>
+      <c r="E171"/>
       <c r="F171" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B172" t="s">
-        <v>345</v>
-[...3 lines deleted...]
-      </c>
+        <v>349</v>
+      </c>
+      <c r="C172"/>
       <c r="D172" t="s">
-        <v>346</v>
-[...3 lines deleted...]
-      </c>
+        <v>350</v>
+      </c>
+      <c r="E172"/>
       <c r="F172" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B173" t="s">
         <v>349</v>
       </c>
-      <c r="C173"/>
+      <c r="C173" t="s">
+        <v>351</v>
+      </c>
       <c r="D173" t="s">
         <v>350</v>
       </c>
-      <c r="E173"/>
+      <c r="E173" t="s">
+        <v>182</v>
+      </c>
       <c r="F173" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B174" t="s">
-        <v>351</v>
-[...1 lines deleted...]
-      <c r="C174"/>
+        <v>349</v>
+      </c>
+      <c r="C174" t="s">
+        <v>352</v>
+      </c>
       <c r="D174" t="s">
-        <v>352</v>
-[...1 lines deleted...]
-      <c r="E174"/>
+        <v>350</v>
+      </c>
+      <c r="E174" t="s">
+        <v>56</v>
+      </c>
       <c r="F174" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B175" t="s">
         <v>353</v>
       </c>
       <c r="C175"/>
       <c r="D175" t="s">
         <v>354</v>
       </c>
       <c r="E175"/>
       <c r="F175" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B176" t="s">
         <v>355</v>
       </c>
       <c r="C176"/>
       <c r="D176" t="s">
         <v>356</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B177" t="s">
         <v>357</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
         <v>358</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B178" t="s">
         <v>359</v>
       </c>
       <c r="C178"/>
       <c r="D178" t="s">
         <v>360</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B179" t="s">
         <v>361</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
         <v>362</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B180" t="s">
         <v>363</v>
       </c>
       <c r="C180"/>
       <c r="D180" t="s">
         <v>364</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B181" t="s">
         <v>365</v>
       </c>
       <c r="C181"/>
       <c r="D181" t="s">
         <v>366</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B182" t="s">
         <v>367</v>
       </c>
       <c r="C182"/>
       <c r="D182" t="s">
         <v>368</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B183" t="s">
-        <v>367</v>
-[...1 lines deleted...]
-      <c r="C183" t="s">
         <v>369</v>
       </c>
+      <c r="C183"/>
       <c r="D183" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>370</v>
+      </c>
+      <c r="E183"/>
       <c r="F183" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B184" t="s">
-        <v>367</v>
-[...3 lines deleted...]
-      </c>
+        <v>371</v>
+      </c>
+      <c r="C184"/>
       <c r="D184" t="s">
-        <v>368</v>
-[...3 lines deleted...]
-      </c>
+        <v>372</v>
+      </c>
+      <c r="E184"/>
       <c r="F184" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B185" t="s">
         <v>371</v>
       </c>
-      <c r="C185"/>
+      <c r="C185" t="s">
+        <v>373</v>
+      </c>
       <c r="D185" t="s">
         <v>372</v>
       </c>
-      <c r="E185"/>
+      <c r="E185" t="s">
+        <v>114</v>
+      </c>
       <c r="F185" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B186" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="C186"/>
+        <v>371</v>
+      </c>
+      <c r="C186" t="s">
+        <v>374</v>
+      </c>
       <c r="D186" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="E186"/>
+        <v>372</v>
+      </c>
+      <c r="E186" t="s">
+        <v>147</v>
+      </c>
       <c r="F186" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B187" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="C187" t="s">
         <v>375</v>
       </c>
+      <c r="C187"/>
       <c r="D187" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="E187" t="s">
         <v>376</v>
       </c>
+      <c r="E187"/>
       <c r="F187" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B188" t="s">
-        <v>373</v>
-[...1 lines deleted...]
-      <c r="C188" t="s">
         <v>377</v>
       </c>
+      <c r="C188"/>
       <c r="D188" t="s">
-        <v>374</v>
-[...1 lines deleted...]
-      <c r="E188" t="s">
         <v>378</v>
       </c>
+      <c r="E188"/>
       <c r="F188" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B189" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C189" t="s">
         <v>379</v>
       </c>
       <c r="D189" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="E189" t="s">
         <v>380</v>
       </c>
       <c r="F189" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B190" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C190" t="s">
         <v>381</v>
       </c>
       <c r="D190" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="E190" t="s">
         <v>382</v>
       </c>
       <c r="F190" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B191" t="s">
-        <v>373</v>
+        <v>377</v>
       </c>
       <c r="C191" t="s">
         <v>383</v>
       </c>
       <c r="D191" t="s">
-        <v>374</v>
+        <v>378</v>
       </c>
       <c r="E191" t="s">
         <v>384</v>
       </c>
       <c r="F191" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B192" t="s">
+        <v>377</v>
+      </c>
+      <c r="C192" t="s">
         <v>385</v>
       </c>
-      <c r="C192"/>
       <c r="D192" t="s">
+        <v>378</v>
+      </c>
+      <c r="E192" t="s">
         <v>386</v>
       </c>
-      <c r="E192"/>
       <c r="F192" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B193" t="s">
+        <v>377</v>
+      </c>
+      <c r="C193" t="s">
         <v>387</v>
       </c>
-      <c r="C193"/>
       <c r="D193" t="s">
+        <v>378</v>
+      </c>
+      <c r="E193" t="s">
         <v>388</v>
       </c>
-      <c r="E193"/>
       <c r="F193" t="s">
-        <v>25</v>
+        <v>67</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B194" t="s">
         <v>389</v>
       </c>
       <c r="C194"/>
       <c r="D194" t="s">
         <v>390</v>
       </c>
       <c r="E194"/>
       <c r="F194" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B195" t="s">
         <v>391</v>
       </c>
       <c r="C195"/>
       <c r="D195" t="s">
         <v>392</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B196" t="s">
-        <v>391</v>
-[...1 lines deleted...]
-      <c r="C196" t="s">
         <v>393</v>
       </c>
+      <c r="C196"/>
       <c r="D196" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="E196" t="s">
         <v>394</v>
       </c>
+      <c r="E196"/>
       <c r="F196" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B197" t="s">
-        <v>391</v>
-[...1 lines deleted...]
-      <c r="C197" t="s">
         <v>395</v>
       </c>
+      <c r="C197"/>
       <c r="D197" t="s">
-        <v>392</v>
-[...1 lines deleted...]
-      <c r="E197" t="s">
         <v>396</v>
       </c>
+      <c r="E197"/>
       <c r="F197" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B198" t="s">
+        <v>395</v>
+      </c>
+      <c r="C198" t="s">
         <v>397</v>
       </c>
-      <c r="C198"/>
       <c r="D198" t="s">
+        <v>396</v>
+      </c>
+      <c r="E198" t="s">
         <v>398</v>
       </c>
-      <c r="E198"/>
       <c r="F198" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B199" t="s">
+        <v>395</v>
+      </c>
+      <c r="C199" t="s">
         <v>399</v>
       </c>
-      <c r="C199"/>
       <c r="D199" t="s">
+        <v>396</v>
+      </c>
+      <c r="E199" t="s">
         <v>400</v>
       </c>
-      <c r="E199"/>
       <c r="F199" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B200" t="s">
         <v>401</v>
       </c>
       <c r="C200"/>
       <c r="D200" t="s">
         <v>402</v>
       </c>
       <c r="E200"/>
       <c r="F200" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B201" t="s">
         <v>403</v>
       </c>
       <c r="C201"/>
       <c r="D201" t="s">
         <v>404</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B202" t="s">
         <v>405</v>
       </c>
       <c r="C202"/>
       <c r="D202" t="s">
         <v>406</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B203" t="s">
-        <v>405</v>
-[...1 lines deleted...]
-      <c r="C203" t="s">
         <v>407</v>
       </c>
+      <c r="C203"/>
       <c r="D203" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>408</v>
+      </c>
+      <c r="E203"/>
       <c r="F203" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B204" t="s">
-        <v>405</v>
-[...3 lines deleted...]
-      </c>
+        <v>409</v>
+      </c>
+      <c r="C204"/>
       <c r="D204" t="s">
-        <v>406</v>
-[...3 lines deleted...]
-      </c>
+        <v>410</v>
+      </c>
+      <c r="E204"/>
       <c r="F204" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>303</v>
+        <v>307</v>
       </c>
       <c r="B205" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="C205" t="s">
+        <v>411</v>
+      </c>
+      <c r="D205" t="s">
         <v>410</v>
       </c>
-      <c r="D205" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E205" t="s">
-        <v>56</v>
+        <v>400</v>
       </c>
       <c r="F205" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>411</v>
+        <v>307</v>
       </c>
       <c r="B206" t="s">
+        <v>409</v>
+      </c>
+      <c r="C206" t="s">
         <v>412</v>
       </c>
-      <c r="C206"/>
       <c r="D206" t="s">
+        <v>410</v>
+      </c>
+      <c r="E206" t="s">
         <v>413</v>
       </c>
-      <c r="E206"/>
       <c r="F206" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>411</v>
+        <v>307</v>
       </c>
       <c r="B207" t="s">
-        <v>412</v>
+        <v>409</v>
       </c>
       <c r="C207" t="s">
         <v>414</v>
       </c>
       <c r="D207" t="s">
-        <v>413</v>
+        <v>410</v>
       </c>
       <c r="E207" t="s">
-        <v>415</v>
+        <v>56</v>
       </c>
       <c r="F207" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B208" t="s">
-        <v>412</v>
-[...1 lines deleted...]
-      <c r="C208" t="s">
         <v>416</v>
       </c>
+      <c r="C208"/>
       <c r="D208" t="s">
-        <v>413</v>
-[...1 lines deleted...]
-      <c r="E208" t="s">
         <v>417</v>
       </c>
+      <c r="E208"/>
       <c r="F208" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B209" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="C209" t="s">
         <v>418</v>
       </c>
       <c r="D209" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="E209" t="s">
         <v>419</v>
       </c>
       <c r="F209" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B210" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="C210" t="s">
         <v>420</v>
       </c>
       <c r="D210" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="E210" t="s">
         <v>421</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B211" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="C211" t="s">
         <v>422</v>
       </c>
       <c r="D211" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="E211" t="s">
         <v>423</v>
       </c>
       <c r="F211" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B212" t="s">
-        <v>412</v>
+        <v>416</v>
       </c>
       <c r="C212" t="s">
         <v>424</v>
       </c>
       <c r="D212" t="s">
-        <v>413</v>
+        <v>417</v>
       </c>
       <c r="E212" t="s">
-        <v>194</v>
+        <v>425</v>
       </c>
       <c r="F212" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B213" t="s">
-        <v>425</v>
-[...1 lines deleted...]
-      <c r="C213"/>
+        <v>416</v>
+      </c>
+      <c r="C213" t="s">
+        <v>426</v>
+      </c>
       <c r="D213" t="s">
-        <v>426</v>
-[...1 lines deleted...]
-      <c r="E213"/>
+        <v>417</v>
+      </c>
+      <c r="E213" t="s">
+        <v>427</v>
+      </c>
       <c r="F213" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>411</v>
+        <v>415</v>
       </c>
       <c r="B214" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="C214"/>
+        <v>416</v>
+      </c>
+      <c r="C214" t="s">
+        <v>428</v>
+      </c>
       <c r="D214" t="s">
-        <v>428</v>
-[...1 lines deleted...]
-      <c r="E214"/>
+        <v>417</v>
+      </c>
+      <c r="E214" t="s">
+        <v>194</v>
+      </c>
       <c r="F214" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="215" spans="1:6">
+      <c r="A215" t="s">
+        <v>415</v>
+      </c>
+      <c r="B215" t="s">
+        <v>429</v>
+      </c>
+      <c r="C215"/>
+      <c r="D215" t="s">
+        <v>430</v>
+      </c>
+      <c r="E215"/>
+      <c r="F215" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="216" spans="1:6">
+      <c r="A216" t="s">
+        <v>415</v>
+      </c>
+      <c r="B216" t="s">
+        <v>431</v>
+      </c>
+      <c r="C216"/>
+      <c r="D216" t="s">
+        <v>432</v>
+      </c>
+      <c r="E216"/>
+      <c r="F216" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>