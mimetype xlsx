--- v2 (2026-02-24)
+++ v3 (2026-03-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRANOC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="433">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="435">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -849,50 +849,56 @@
     <t>Israel</t>
   </si>
   <si>
     <t>IL</t>
   </si>
   <si>
     <t>Japan</t>
   </si>
   <si>
     <t>JP</t>
   </si>
   <si>
     <t>Hokkaido</t>
   </si>
   <si>
     <t>hk</t>
   </si>
   <si>
     <t>Honshu</t>
   </si>
   <si>
     <t>hs</t>
   </si>
   <si>
     <t>Kyushu</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>JO</t>
   </si>
   <si>
     <t>Kazakhstan</t>
   </si>
   <si>
     <t>KZ</t>
   </si>
   <si>
     <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>Korea, Republic of</t>
   </si>
   <si>
     <t>KR</t>
   </si>
   <si>
     <t>Kuwait</t>
   </si>
   <si>
     <t>KW</t>
   </si>
   <si>
     <t>Lebanon</t>
   </si>
@@ -1658,51 +1664,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F216"/>
+  <dimension ref="A1:F217"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="30.564" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="21.138" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -4271,1386 +4277,1402 @@
         <v>278</v>
       </c>
       <c r="D137" t="s">
         <v>273</v>
       </c>
       <c r="E137" t="s">
         <v>139</v>
       </c>
       <c r="F137" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="138" spans="1:6">
       <c r="A138" t="s">
         <v>203</v>
       </c>
       <c r="B138" t="s">
         <v>279</v>
       </c>
       <c r="C138"/>
       <c r="D138" t="s">
         <v>280</v>
       </c>
       <c r="E138"/>
       <c r="F138" t="s">
-        <v>281</v>
+        <v>9</v>
       </c>
     </row>
     <row r="139" spans="1:6">
       <c r="A139" t="s">
         <v>203</v>
       </c>
       <c r="B139" t="s">
-        <v>282</v>
+        <v>281</v>
       </c>
       <c r="C139"/>
       <c r="D139" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="E139"/>
       <c r="F139" t="s">
-        <v>9</v>
+        <v>283</v>
       </c>
     </row>
     <row r="140" spans="1:6">
       <c r="A140" t="s">
         <v>203</v>
       </c>
       <c r="B140" t="s">
         <v>284</v>
       </c>
       <c r="C140"/>
       <c r="D140" t="s">
         <v>285</v>
       </c>
       <c r="E140"/>
       <c r="F140" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="141" spans="1:6">
       <c r="A141" t="s">
         <v>203</v>
       </c>
       <c r="B141" t="s">
         <v>286</v>
       </c>
       <c r="C141"/>
       <c r="D141" t="s">
         <v>287</v>
       </c>
       <c r="E141"/>
       <c r="F141" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="142" spans="1:6">
       <c r="A142" t="s">
         <v>203</v>
       </c>
       <c r="B142" t="s">
         <v>288</v>
       </c>
       <c r="C142"/>
       <c r="D142" t="s">
         <v>289</v>
       </c>
       <c r="E142"/>
       <c r="F142" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="143" spans="1:6">
       <c r="A143" t="s">
         <v>203</v>
       </c>
       <c r="B143" t="s">
-        <v>288</v>
-[...1 lines deleted...]
-      <c r="C143" t="s">
         <v>290</v>
       </c>
+      <c r="C143"/>
       <c r="D143" t="s">
-        <v>289</v>
-[...1 lines deleted...]
-      <c r="E143" t="s">
         <v>291</v>
       </c>
+      <c r="E143"/>
       <c r="F143" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="144" spans="1:6">
       <c r="A144" t="s">
         <v>203</v>
       </c>
       <c r="B144" t="s">
+        <v>290</v>
+      </c>
+      <c r="C144" t="s">
         <v>292</v>
       </c>
-      <c r="C144"/>
       <c r="D144" t="s">
+        <v>291</v>
+      </c>
+      <c r="E144" t="s">
         <v>293</v>
       </c>
-      <c r="E144"/>
       <c r="F144" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="145" spans="1:6">
       <c r="A145" t="s">
         <v>203</v>
       </c>
       <c r="B145" t="s">
         <v>294</v>
       </c>
       <c r="C145"/>
       <c r="D145" t="s">
         <v>295</v>
       </c>
       <c r="E145"/>
       <c r="F145" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="146" spans="1:6">
       <c r="A146" t="s">
         <v>203</v>
       </c>
       <c r="B146" t="s">
         <v>296</v>
       </c>
       <c r="C146"/>
       <c r="D146" t="s">
         <v>297</v>
       </c>
       <c r="E146"/>
       <c r="F146" t="s">
-        <v>109</v>
+        <v>12</v>
       </c>
     </row>
     <row r="147" spans="1:6">
       <c r="A147" t="s">
         <v>203</v>
       </c>
       <c r="B147" t="s">
         <v>298</v>
       </c>
       <c r="C147"/>
       <c r="D147" t="s">
         <v>299</v>
       </c>
       <c r="E147"/>
       <c r="F147" t="s">
-        <v>12</v>
+        <v>109</v>
       </c>
     </row>
     <row r="148" spans="1:6">
       <c r="A148" t="s">
         <v>203</v>
       </c>
       <c r="B148" t="s">
         <v>300</v>
       </c>
       <c r="C148"/>
       <c r="D148" t="s">
         <v>301</v>
       </c>
       <c r="E148"/>
       <c r="F148" t="s">
-        <v>109</v>
+        <v>12</v>
       </c>
     </row>
     <row r="149" spans="1:6">
       <c r="A149" t="s">
         <v>203</v>
       </c>
       <c r="B149" t="s">
         <v>302</v>
       </c>
       <c r="C149"/>
       <c r="D149" t="s">
         <v>303</v>
       </c>
       <c r="E149"/>
       <c r="F149" t="s">
-        <v>304</v>
+        <v>109</v>
       </c>
     </row>
     <row r="150" spans="1:6">
       <c r="A150" t="s">
         <v>203</v>
       </c>
       <c r="B150" t="s">
-        <v>305</v>
+        <v>304</v>
       </c>
       <c r="C150"/>
       <c r="D150" t="s">
-        <v>306</v>
+        <v>305</v>
       </c>
       <c r="E150"/>
       <c r="F150" t="s">
-        <v>12</v>
+        <v>306</v>
       </c>
     </row>
     <row r="151" spans="1:6">
       <c r="A151" t="s">
+        <v>203</v>
+      </c>
+      <c r="B151" t="s">
         <v>307</v>
-      </c>
-[...1 lines deleted...]
-        <v>308</v>
       </c>
       <c r="C151"/>
       <c r="D151" t="s">
-        <v>309</v>
+        <v>308</v>
       </c>
       <c r="E151"/>
       <c r="F151" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="152" spans="1:6">
       <c r="A152" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B152" t="s">
         <v>310</v>
       </c>
       <c r="C152"/>
       <c r="D152" t="s">
         <v>311</v>
       </c>
       <c r="E152"/>
       <c r="F152" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="153" spans="1:6">
       <c r="A153" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B153" t="s">
         <v>312</v>
       </c>
       <c r="C153"/>
       <c r="D153" t="s">
         <v>313</v>
       </c>
       <c r="E153"/>
       <c r="F153" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="154" spans="1:6">
       <c r="A154" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B154" t="s">
         <v>314</v>
       </c>
       <c r="C154"/>
       <c r="D154" t="s">
         <v>315</v>
       </c>
       <c r="E154"/>
       <c r="F154" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="155" spans="1:6">
       <c r="A155" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B155" t="s">
         <v>316</v>
       </c>
       <c r="C155"/>
       <c r="D155" t="s">
         <v>317</v>
       </c>
       <c r="E155"/>
       <c r="F155" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="156" spans="1:6">
       <c r="A156" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B156" t="s">
         <v>318</v>
       </c>
       <c r="C156"/>
       <c r="D156" t="s">
         <v>319</v>
       </c>
       <c r="E156"/>
       <c r="F156" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="157" spans="1:6">
       <c r="A157" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B157" t="s">
         <v>320</v>
       </c>
       <c r="C157"/>
       <c r="D157" t="s">
         <v>321</v>
       </c>
       <c r="E157"/>
       <c r="F157" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="158" spans="1:6">
       <c r="A158" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B158" t="s">
         <v>322</v>
       </c>
       <c r="C158"/>
       <c r="D158" t="s">
         <v>323</v>
       </c>
       <c r="E158"/>
       <c r="F158" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="159" spans="1:6">
       <c r="A159" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B159" t="s">
         <v>324</v>
       </c>
       <c r="C159"/>
       <c r="D159" t="s">
         <v>325</v>
       </c>
       <c r="E159"/>
       <c r="F159" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="160" spans="1:6">
       <c r="A160" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B160" t="s">
         <v>326</v>
       </c>
       <c r="C160"/>
       <c r="D160" t="s">
         <v>327</v>
       </c>
       <c r="E160"/>
       <c r="F160" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="161" spans="1:6">
       <c r="A161" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B161" t="s">
         <v>328</v>
       </c>
       <c r="C161"/>
       <c r="D161" t="s">
         <v>329</v>
       </c>
       <c r="E161"/>
       <c r="F161" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="162" spans="1:6">
       <c r="A162" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B162" t="s">
         <v>330</v>
       </c>
       <c r="C162"/>
       <c r="D162" t="s">
         <v>331</v>
       </c>
       <c r="E162"/>
       <c r="F162" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="163" spans="1:6">
       <c r="A163" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B163" t="s">
         <v>332</v>
       </c>
       <c r="C163"/>
       <c r="D163" t="s">
         <v>333</v>
       </c>
       <c r="E163"/>
       <c r="F163" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="164" spans="1:6">
       <c r="A164" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B164" t="s">
         <v>334</v>
       </c>
       <c r="C164"/>
       <c r="D164" t="s">
         <v>335</v>
       </c>
       <c r="E164"/>
       <c r="F164" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="165" spans="1:6">
       <c r="A165" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B165" t="s">
         <v>336</v>
       </c>
       <c r="C165"/>
       <c r="D165" t="s">
         <v>337</v>
       </c>
       <c r="E165"/>
       <c r="F165" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="166" spans="1:6">
       <c r="A166" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B166" t="s">
         <v>338</v>
       </c>
       <c r="C166"/>
       <c r="D166" t="s">
         <v>339</v>
       </c>
       <c r="E166"/>
       <c r="F166" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="167" spans="1:6">
       <c r="A167" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B167" t="s">
         <v>340</v>
       </c>
       <c r="C167"/>
       <c r="D167" t="s">
         <v>341</v>
       </c>
       <c r="E167"/>
       <c r="F167" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="168" spans="1:6">
       <c r="A168" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B168" t="s">
-        <v>340</v>
-[...1 lines deleted...]
-      <c r="C168" t="s">
         <v>342</v>
       </c>
+      <c r="C168"/>
       <c r="D168" t="s">
-        <v>341</v>
-[...3 lines deleted...]
-      </c>
+        <v>343</v>
+      </c>
+      <c r="E168"/>
       <c r="F168" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="169" spans="1:6">
       <c r="A169" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B169" t="s">
+        <v>342</v>
+      </c>
+      <c r="C169" t="s">
+        <v>344</v>
+      </c>
+      <c r="D169" t="s">
         <v>343</v>
       </c>
-      <c r="C169"/>
-[...3 lines deleted...]
-      <c r="E169"/>
+      <c r="E169" t="s">
+        <v>122</v>
+      </c>
       <c r="F169" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="170" spans="1:6">
       <c r="A170" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B170" t="s">
         <v>345</v>
       </c>
       <c r="C170"/>
       <c r="D170" t="s">
         <v>346</v>
       </c>
       <c r="E170"/>
       <c r="F170" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="171" spans="1:6">
       <c r="A171" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B171" t="s">
         <v>347</v>
       </c>
       <c r="C171"/>
       <c r="D171" t="s">
         <v>348</v>
       </c>
       <c r="E171"/>
       <c r="F171" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="172" spans="1:6">
       <c r="A172" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B172" t="s">
         <v>349</v>
       </c>
       <c r="C172"/>
       <c r="D172" t="s">
         <v>350</v>
       </c>
       <c r="E172"/>
       <c r="F172" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="173" spans="1:6">
       <c r="A173" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B173" t="s">
-        <v>349</v>
-[...1 lines deleted...]
-      <c r="C173" t="s">
         <v>351</v>
       </c>
+      <c r="C173"/>
       <c r="D173" t="s">
-        <v>350</v>
-[...3 lines deleted...]
-      </c>
+        <v>352</v>
+      </c>
+      <c r="E173"/>
       <c r="F173" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="174" spans="1:6">
       <c r="A174" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B174" t="s">
-        <v>349</v>
+        <v>351</v>
       </c>
       <c r="C174" t="s">
+        <v>353</v>
+      </c>
+      <c r="D174" t="s">
         <v>352</v>
       </c>
-      <c r="D174" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E174" t="s">
-        <v>56</v>
+        <v>182</v>
       </c>
       <c r="F174" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="175" spans="1:6">
       <c r="A175" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B175" t="s">
-        <v>353</v>
-[...1 lines deleted...]
-      <c r="C175"/>
+        <v>351</v>
+      </c>
+      <c r="C175" t="s">
+        <v>354</v>
+      </c>
       <c r="D175" t="s">
-        <v>354</v>
-[...1 lines deleted...]
-      <c r="E175"/>
+        <v>352</v>
+      </c>
+      <c r="E175" t="s">
+        <v>56</v>
+      </c>
       <c r="F175" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="176" spans="1:6">
       <c r="A176" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B176" t="s">
         <v>355</v>
       </c>
       <c r="C176"/>
       <c r="D176" t="s">
         <v>356</v>
       </c>
       <c r="E176"/>
       <c r="F176" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
     </row>
     <row r="177" spans="1:6">
       <c r="A177" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B177" t="s">
         <v>357</v>
       </c>
       <c r="C177"/>
       <c r="D177" t="s">
         <v>358</v>
       </c>
       <c r="E177"/>
       <c r="F177" t="s">
-        <v>12</v>
+        <v>67</v>
       </c>
     </row>
     <row r="178" spans="1:6">
       <c r="A178" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B178" t="s">
         <v>359</v>
       </c>
       <c r="C178"/>
       <c r="D178" t="s">
         <v>360</v>
       </c>
       <c r="E178"/>
       <c r="F178" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="179" spans="1:6">
       <c r="A179" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B179" t="s">
         <v>361</v>
       </c>
       <c r="C179"/>
       <c r="D179" t="s">
         <v>362</v>
       </c>
       <c r="E179"/>
       <c r="F179" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="180" spans="1:6">
       <c r="A180" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B180" t="s">
         <v>363</v>
       </c>
       <c r="C180"/>
       <c r="D180" t="s">
         <v>364</v>
       </c>
       <c r="E180"/>
       <c r="F180" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="181" spans="1:6">
       <c r="A181" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B181" t="s">
         <v>365</v>
       </c>
       <c r="C181"/>
       <c r="D181" t="s">
         <v>366</v>
       </c>
       <c r="E181"/>
       <c r="F181" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="182" spans="1:6">
       <c r="A182" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B182" t="s">
         <v>367</v>
       </c>
       <c r="C182"/>
       <c r="D182" t="s">
         <v>368</v>
       </c>
       <c r="E182"/>
       <c r="F182" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="183" spans="1:6">
       <c r="A183" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B183" t="s">
         <v>369</v>
       </c>
       <c r="C183"/>
       <c r="D183" t="s">
         <v>370</v>
       </c>
       <c r="E183"/>
       <c r="F183" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="184" spans="1:6">
       <c r="A184" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B184" t="s">
         <v>371</v>
       </c>
       <c r="C184"/>
       <c r="D184" t="s">
         <v>372</v>
       </c>
       <c r="E184"/>
       <c r="F184" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="185" spans="1:6">
       <c r="A185" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B185" t="s">
-        <v>371</v>
-[...1 lines deleted...]
-      <c r="C185" t="s">
         <v>373</v>
       </c>
+      <c r="C185"/>
       <c r="D185" t="s">
-        <v>372</v>
-[...3 lines deleted...]
-      </c>
+        <v>374</v>
+      </c>
+      <c r="E185"/>
       <c r="F185" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="186" spans="1:6">
       <c r="A186" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B186" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="C186" t="s">
+        <v>375</v>
+      </c>
+      <c r="D186" t="s">
         <v>374</v>
       </c>
-      <c r="D186" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E186" t="s">
-        <v>147</v>
+        <v>114</v>
       </c>
       <c r="F186" t="s">
-        <v>25</v>
+        <v>12</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B187" t="s">
-        <v>375</v>
-[...1 lines deleted...]
-      <c r="C187"/>
+        <v>373</v>
+      </c>
+      <c r="C187" t="s">
+        <v>376</v>
+      </c>
       <c r="D187" t="s">
-        <v>376</v>
-[...1 lines deleted...]
-      <c r="E187"/>
+        <v>374</v>
+      </c>
+      <c r="E187" t="s">
+        <v>147</v>
+      </c>
       <c r="F187" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B188" t="s">
         <v>377</v>
       </c>
       <c r="C188"/>
       <c r="D188" t="s">
         <v>378</v>
       </c>
       <c r="E188"/>
       <c r="F188" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B189" t="s">
-        <v>377</v>
-[...1 lines deleted...]
-      <c r="C189" t="s">
         <v>379</v>
       </c>
+      <c r="C189"/>
       <c r="D189" t="s">
-        <v>378</v>
-[...1 lines deleted...]
-      <c r="E189" t="s">
         <v>380</v>
       </c>
+      <c r="E189"/>
       <c r="F189" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="190" spans="1:6">
       <c r="A190" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B190" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C190" t="s">
         <v>381</v>
       </c>
       <c r="D190" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E190" t="s">
         <v>382</v>
       </c>
       <c r="F190" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="191" spans="1:6">
       <c r="A191" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B191" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C191" t="s">
         <v>383</v>
       </c>
       <c r="D191" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E191" t="s">
         <v>384</v>
       </c>
       <c r="F191" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="192" spans="1:6">
       <c r="A192" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B192" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C192" t="s">
         <v>385</v>
       </c>
       <c r="D192" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E192" t="s">
         <v>386</v>
       </c>
       <c r="F192" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
     </row>
     <row r="193" spans="1:6">
       <c r="A193" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B193" t="s">
-        <v>377</v>
+        <v>379</v>
       </c>
       <c r="C193" t="s">
         <v>387</v>
       </c>
       <c r="D193" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="E193" t="s">
         <v>388</v>
       </c>
       <c r="F193" t="s">
-        <v>67</v>
+        <v>9</v>
       </c>
     </row>
     <row r="194" spans="1:6">
       <c r="A194" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B194" t="s">
+        <v>379</v>
+      </c>
+      <c r="C194" t="s">
         <v>389</v>
       </c>
-      <c r="C194"/>
       <c r="D194" t="s">
+        <v>380</v>
+      </c>
+      <c r="E194" t="s">
         <v>390</v>
       </c>
-      <c r="E194"/>
       <c r="F194" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
     </row>
     <row r="195" spans="1:6">
       <c r="A195" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B195" t="s">
         <v>391</v>
       </c>
       <c r="C195"/>
       <c r="D195" t="s">
         <v>392</v>
       </c>
       <c r="E195"/>
       <c r="F195" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="196" spans="1:6">
       <c r="A196" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B196" t="s">
         <v>393</v>
       </c>
       <c r="C196"/>
       <c r="D196" t="s">
         <v>394</v>
       </c>
       <c r="E196"/>
       <c r="F196" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="197" spans="1:6">
       <c r="A197" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B197" t="s">
         <v>395</v>
       </c>
       <c r="C197"/>
       <c r="D197" t="s">
         <v>396</v>
       </c>
       <c r="E197"/>
       <c r="F197" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="198" spans="1:6">
       <c r="A198" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B198" t="s">
-        <v>395</v>
-[...1 lines deleted...]
-      <c r="C198" t="s">
         <v>397</v>
       </c>
+      <c r="C198"/>
       <c r="D198" t="s">
-        <v>396</v>
-[...1 lines deleted...]
-      <c r="E198" t="s">
         <v>398</v>
       </c>
+      <c r="E198"/>
       <c r="F198" t="s">
-        <v>12</v>
+        <v>25</v>
       </c>
     </row>
     <row r="199" spans="1:6">
       <c r="A199" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B199" t="s">
-        <v>395</v>
+        <v>397</v>
       </c>
       <c r="C199" t="s">
         <v>399</v>
       </c>
       <c r="D199" t="s">
-        <v>396</v>
+        <v>398</v>
       </c>
       <c r="E199" t="s">
         <v>400</v>
       </c>
       <c r="F199" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="200" spans="1:6">
       <c r="A200" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B200" t="s">
+        <v>397</v>
+      </c>
+      <c r="C200" t="s">
         <v>401</v>
       </c>
-      <c r="C200"/>
       <c r="D200" t="s">
+        <v>398</v>
+      </c>
+      <c r="E200" t="s">
         <v>402</v>
       </c>
-      <c r="E200"/>
       <c r="F200" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="201" spans="1:6">
       <c r="A201" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B201" t="s">
         <v>403</v>
       </c>
       <c r="C201"/>
       <c r="D201" t="s">
         <v>404</v>
       </c>
       <c r="E201"/>
       <c r="F201" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="202" spans="1:6">
       <c r="A202" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B202" t="s">
         <v>405</v>
       </c>
       <c r="C202"/>
       <c r="D202" t="s">
         <v>406</v>
       </c>
       <c r="E202"/>
       <c r="F202" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="203" spans="1:6">
       <c r="A203" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B203" t="s">
         <v>407</v>
       </c>
       <c r="C203"/>
       <c r="D203" t="s">
         <v>408</v>
       </c>
       <c r="E203"/>
       <c r="F203" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="204" spans="1:6">
       <c r="A204" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B204" t="s">
         <v>409</v>
       </c>
       <c r="C204"/>
       <c r="D204" t="s">
         <v>410</v>
       </c>
       <c r="E204"/>
       <c r="F204" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="205" spans="1:6">
       <c r="A205" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B205" t="s">
-        <v>409</v>
-[...1 lines deleted...]
-      <c r="C205" t="s">
         <v>411</v>
       </c>
+      <c r="C205"/>
       <c r="D205" t="s">
-        <v>410</v>
-[...3 lines deleted...]
-      </c>
+        <v>412</v>
+      </c>
+      <c r="E205"/>
       <c r="F205" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="206" spans="1:6">
       <c r="A206" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B206" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C206" t="s">
+        <v>413</v>
+      </c>
+      <c r="D206" t="s">
         <v>412</v>
       </c>
-      <c r="D206" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E206" t="s">
-        <v>413</v>
+        <v>402</v>
       </c>
       <c r="F206" t="s">
-        <v>25</v>
+        <v>9</v>
       </c>
     </row>
     <row r="207" spans="1:6">
       <c r="A207" t="s">
-        <v>307</v>
+        <v>309</v>
       </c>
       <c r="B207" t="s">
-        <v>409</v>
+        <v>411</v>
       </c>
       <c r="C207" t="s">
         <v>414</v>
       </c>
       <c r="D207" t="s">
-        <v>410</v>
+        <v>412</v>
       </c>
       <c r="E207" t="s">
-        <v>56</v>
+        <v>415</v>
       </c>
       <c r="F207" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="208" spans="1:6">
       <c r="A208" t="s">
-        <v>415</v>
+        <v>309</v>
       </c>
       <c r="B208" t="s">
+        <v>411</v>
+      </c>
+      <c r="C208" t="s">
         <v>416</v>
       </c>
-      <c r="C208"/>
       <c r="D208" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="E208"/>
+        <v>412</v>
+      </c>
+      <c r="E208" t="s">
+        <v>56</v>
+      </c>
       <c r="F208" t="s">
-        <v>9</v>
+        <v>25</v>
       </c>
     </row>
     <row r="209" spans="1:6">
       <c r="A209" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B209" t="s">
-        <v>416</v>
-[...1 lines deleted...]
-      <c r="C209" t="s">
         <v>418</v>
       </c>
+      <c r="C209"/>
       <c r="D209" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="E209" t="s">
         <v>419</v>
       </c>
+      <c r="E209"/>
       <c r="F209" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="210" spans="1:6">
       <c r="A210" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B210" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C210" t="s">
         <v>420</v>
       </c>
       <c r="D210" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E210" t="s">
         <v>421</v>
       </c>
       <c r="F210" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="211" spans="1:6">
       <c r="A211" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B211" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C211" t="s">
         <v>422</v>
       </c>
       <c r="D211" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E211" t="s">
         <v>423</v>
       </c>
       <c r="F211" t="s">
-        <v>9</v>
+        <v>12</v>
       </c>
     </row>
     <row r="212" spans="1:6">
       <c r="A212" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B212" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C212" t="s">
         <v>424</v>
       </c>
       <c r="D212" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E212" t="s">
         <v>425</v>
       </c>
       <c r="F212" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="213" spans="1:6">
       <c r="A213" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B213" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C213" t="s">
         <v>426</v>
       </c>
       <c r="D213" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E213" t="s">
         <v>427</v>
       </c>
       <c r="F213" t="s">
-        <v>67</v>
+        <v>12</v>
       </c>
     </row>
     <row r="214" spans="1:6">
       <c r="A214" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B214" t="s">
-        <v>416</v>
+        <v>418</v>
       </c>
       <c r="C214" t="s">
         <v>428</v>
       </c>
       <c r="D214" t="s">
-        <v>417</v>
+        <v>419</v>
       </c>
       <c r="E214" t="s">
-        <v>194</v>
+        <v>429</v>
       </c>
       <c r="F214" t="s">
-        <v>9</v>
+        <v>67</v>
       </c>
     </row>
     <row r="215" spans="1:6">
       <c r="A215" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B215" t="s">
-        <v>429</v>
-[...1 lines deleted...]
-      <c r="C215"/>
+        <v>418</v>
+      </c>
+      <c r="C215" t="s">
+        <v>430</v>
+      </c>
       <c r="D215" t="s">
-        <v>430</v>
-[...1 lines deleted...]
-      <c r="E215"/>
+        <v>419</v>
+      </c>
+      <c r="E215" t="s">
+        <v>194</v>
+      </c>
       <c r="F215" t="s">
-        <v>12</v>
+        <v>9</v>
       </c>
     </row>
     <row r="216" spans="1:6">
       <c r="A216" t="s">
-        <v>415</v>
+        <v>417</v>
       </c>
       <c r="B216" t="s">
         <v>431</v>
       </c>
       <c r="C216"/>
       <c r="D216" t="s">
         <v>432</v>
       </c>
       <c r="E216"/>
       <c r="F216" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="217" spans="1:6">
+      <c r="A217" t="s">
+        <v>417</v>
+      </c>
+      <c r="B217" t="s">
+        <v>433</v>
+      </c>
+      <c r="C217"/>
+      <c r="D217" t="s">
+        <v>434</v>
+      </c>
+      <c r="E217"/>
+      <c r="F217" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>