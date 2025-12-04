--- v0 (2025-10-02)
+++ v1 (2025-12-04)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRANI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="26">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>STLCV0</t>
   </si>
   <si>
     <t>Strawberry latent C virus</t>
   </si>
   <si>
     <t>* McGrew JR (1970) Strawberry Latent C. pp. 16-18 In Frazier NW, Fulton JP, Thresh JM, Converse RH, Varney EH, Hewitt WB. Virus diseases of small fruits and grapevines (a handbook). University of California, Berkeley, USA. 290 pp.
 ------- no reference provided
 This host is not mentioned in later publications about this virus (including later compendium of strawberry diseases such as McGrew JR, 1987)</t>
@@ -80,50 +80,53 @@
     <t>RPRSV0</t>
   </si>
   <si>
     <t>Nepovirus rubi (as Fragaria)</t>
   </si>
   <si>
     <t>SLRSV0</t>
   </si>
   <si>
     <t>Stralarivirus fragariae (as Fragaria)</t>
   </si>
   <si>
     <t>SYWB00</t>
   </si>
   <si>
     <t>Strawberry witches' broom phytoplasma (as Fragaria)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHMBFR</t>
   </si>
   <si>
     <t>'Candidatus Phlomobacter fragariae' (as Fragaria)</t>
+  </si>
+  <si>
+    <t>* Danet JL, Foissac X, Zreik L, Salar P, Verdin E, Nourrisseau JG, Garnier M (2003) “Candidatus Phlomobacter fragariae” is the prevalent agent of marginal chlorosis of strawberry in French production fields and is transmitted by the planthopper Cixius wagneri (China). Phytopathology 93(6), 644-649.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Fragaria)</t>
   </si>
   <si>
     <t>* Belton EM (1988) Lepidoptera on fruit crops in Canada, Simon Fraser University, Dept. of Biological Sciences, Pest Management Program, Burnaby, BC. 105 pp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -447,51 +450,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="272.362" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="353.771" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -548,64 +551,66 @@
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>19</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">