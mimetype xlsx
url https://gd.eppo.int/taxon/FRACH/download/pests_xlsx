--- v0 (2025-10-06)
+++ v1 (2025-12-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRACH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>STLCV0</t>
   </si>
   <si>
     <t>Strawberry latent C virus</t>
   </si>
   <si>
     <t>* McGrew JR (1970) Strawberry Latent C. pp. 16-18 In Frazier NW, Fulton JP, Thresh JM, Converse RH, Varney EH, Hewitt WB. Virus diseases of small fruits and grapevines (a handbook). University of California, Berkeley, USA. 290 pp.
 ------- citing Miller &amp; Waldo (1959)
 This host is not mentioned in later publications about this virus (including later compendium of strawberry diseases, such as McGrew JR, 1987)
@@ -166,66 +166,69 @@
   <si>
     <t>SYWB00</t>
   </si>
   <si>
     <t>Strawberry witches' broom phytoplasma (as Fragaria)</t>
   </si>
   <si>
     <t>TETRME</t>
   </si>
   <si>
     <t>Tetranychus mexicanus</t>
   </si>
   <si>
     <t>* Ochoa R, Aguilar H &amp; Vargas C (1994) Phytophagous mites of America Central: an illustrated guide. CATIE.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHMBFR</t>
   </si>
   <si>
     <t>'Candidatus Phlomobacter fragariae' (as Fragaria)</t>
   </si>
   <si>
+    <t>* Danet JL, Foissac X, Zreik L, Salar P, Verdin E, Nourrisseau JG, Garnier M (2003) “Candidatus Phlomobacter fragariae” is the prevalent agent of marginal chlorosis of strawberry in French production fields and is transmitted by the planthopper Cixius wagneri (China). Phytopathology 93(6), 644-649.</t>
+  </si>
+  <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Fragaria)</t>
   </si>
   <si>
     <t>* Belton EM (1988) Lepidoptera on fruit crops in Canada, Simon Fraser University, Dept. of Biological Sciences, Pest Management Program, Burnaby, BC. 105 pp</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>SCRV00</t>
   </si>
   <si>
-    <t>Cytorhabdovirus fragariarugosus</t>
+    <t>Alphacytorhabdovirus fragariarugosus</t>
   </si>
   <si>
     <t>SMYEV0</t>
   </si>
   <si>
     <t>Potexvirus fragariae</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -773,87 +776,89 @@
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>43</v>
       </c>
       <c r="C16" t="s">
         <v>44</v>
       </c>
       <c r="D16" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>46</v>
       </c>
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
-      <c r="D17"/>
+      <c r="D17" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>46</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>