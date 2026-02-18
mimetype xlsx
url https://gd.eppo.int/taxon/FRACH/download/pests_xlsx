--- v1 (2025-12-18)
+++ v2 (2026-02-18)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRACH" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="58">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>STLCV0</t>
   </si>
   <si>
     <t>Strawberry latent C virus</t>
   </si>
   <si>
     <t>* McGrew JR (1970) Strawberry Latent C. pp. 16-18 In Frazier NW, Fulton JP, Thresh JM, Converse RH, Varney EH, Hewitt WB. Virus diseases of small fruits and grapevines (a handbook). University of California, Berkeley, USA. 290 pp.
 ------- citing Miller &amp; Waldo (1959)
 This host is not mentioned in later publications about this virus (including later compendium of strawberry diseases, such as McGrew JR, 1987)
@@ -191,50 +191,53 @@
     <t>* Danet JL, Foissac X, Zreik L, Salar P, Verdin E, Nourrisseau JG, Garnier M (2003) “Candidatus Phlomobacter fragariae” is the prevalent agent of marginal chlorosis of strawberry in French production fields and is transmitted by the planthopper Cixius wagneri (China). Phytopathology 93(6), 644-649.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Fragaria)</t>
   </si>
   <si>
     <t>* Belton EM (1988) Lepidoptera on fruit crops in Canada, Simon Fraser University, Dept. of Biological Sciences, Pest Management Program, Burnaby, BC. 105 pp</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>SCRV00</t>
   </si>
   <si>
     <t>Alphacytorhabdovirus fragariarugosus</t>
   </si>
   <si>
     <t>SMYEV0</t>
   </si>
   <si>
     <t>Potexvirus fragariae</t>
+  </si>
+  <si>
+    <t>* Rojas P, Almada RD, Sandoval C, Keller KE, Martin RR, Caligari PDS (2013) Occurrence of aphidborne viruses in southernmost South American populations of Fragaria chiloensis ssp. chiloensis. Plant Pathology 62(2), 428-435.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -816,51 +819,53 @@
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>53</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>53</v>
       </c>
       <c r="B20" t="s">
         <v>56</v>
       </c>
       <c r="C20" t="s">
         <v>57</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>58</v>
+      </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>