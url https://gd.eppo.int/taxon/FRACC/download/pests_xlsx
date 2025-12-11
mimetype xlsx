--- v0 (2025-10-01)
+++ v1 (2025-12-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRACC" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="24">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="25">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>SVBV00</t>
   </si>
   <si>
     <t>Caulimovirus venafragariae</t>
   </si>
   <si>
     <t>* Rojas R, Almada RD, Sandoval C, Keller KE, Martin RR, Caligari PDS (2013) Occurrence of aphidborne viruses in southernmost South American populations of Fragaria chiloensis ssp. chiloensis. Plant Pathology 62, 428–435.</t>
   </si>
   <si>
@@ -75,50 +75,53 @@
     <t>RPRSV0</t>
   </si>
   <si>
     <t>Nepovirus rubi (as Fragaria)</t>
   </si>
   <si>
     <t>SLRSV0</t>
   </si>
   <si>
     <t>Stralarivirus fragariae (as Fragaria)</t>
   </si>
   <si>
     <t>SYWB00</t>
   </si>
   <si>
     <t>Strawberry witches' broom phytoplasma (as Fragaria)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>PHMBFR</t>
   </si>
   <si>
     <t>'Candidatus Phlomobacter fragariae' (as Fragaria)</t>
+  </si>
+  <si>
+    <t>* Danet JL, Foissac X, Zreik L, Salar P, Verdin E, Nourrisseau JG, Garnier M (2003) “Candidatus Phlomobacter fragariae” is the prevalent agent of marginal chlorosis of strawberry in French production fields and is transmitted by the planthopper Cixius wagneri (China). Phytopathology 93(6), 644-649.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Fragaria)</t>
   </si>
   <si>
     <t>* Belton EM (1988) Lepidoptera on fruit crops in Canada, Simon Fraser University, Dept. of Biological Sciences, Pest Management Program, Burnaby, BC. 105 pp</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -442,51 +445,51 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D9"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="260.651" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="353.771" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -543,64 +546,66 @@
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>16</v>
       </c>
       <c r="C7" t="s">
         <v>17</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>18</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>18</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">