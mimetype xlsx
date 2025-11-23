--- v0 (2025-10-13)
+++ v1 (2025-11-23)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRAAN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="198">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Raga A, Souza-Filho MFD, Machado RA, Sato ME, Siloto RC (2011) Host ranges and infestation indices of fruit flies (Tephritidae) and lance flies (Lonchaeidae) in São Paulo State, Brazil. Florida Entomologist 94, 787–794.</t>
   </si>
   <si>
@@ -503,50 +503,53 @@
     <t>APLOBE</t>
   </si>
   <si>
     <t>Aphelenchoides besseyi</t>
   </si>
   <si>
     <t>* Oliveira CJ, Subbotin SA, Alvarez-Ortega S, Desaeger J, Brito JA, Xavier KV, Freitas LG, Vau S, Inserra RN (2019) Morphological and molecular identification of two Florida populations of foliar nematodes (Aphelenchoides spp.) isolated from strawberry with the description of Aphelenchoides pseudogoodeyi sp. n. (Nematoda: Aphelenchoididae) and notes on their bionomics. Plant Disease 103(11), 2825-2842.</t>
   </si>
   <si>
     <t>APLOFR</t>
   </si>
   <si>
     <t>Aphelenchoides fragariae</t>
   </si>
   <si>
     <t>APLORI</t>
   </si>
   <si>
     <t>Aphelenchoides ritzemabosi</t>
   </si>
   <si>
     <t>PHMBFR</t>
   </si>
   <si>
     <t>'Candidatus Phlomobacter fragariae' (as Fragaria)</t>
+  </si>
+  <si>
+    <t>* Danet JL, Foissac X, Zreik L, Salar P, Verdin E, Nourrisseau JG, Garnier M (2003) “Candidatus Phlomobacter fragariae” is the prevalent agent of marginal chlorosis of strawberry in French production fields and is transmitted by the planthopper Cixius wagneri (China). Phytopathology 93(6), 644-649.</t>
   </si>
   <si>
     <t>PHYPAU</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma australiense'</t>
   </si>
   <si>
     <t>* Padovan, A.; Gibb, K.; Persley, D. (2000) Association of ‘Candidatus Phytoplasma australiense’ with green petal and lethal yellows diseases in strawberry. Plant Pathology, 49(3), 362-369.</t>
   </si>
   <si>
     <t>COLLAC</t>
   </si>
   <si>
     <t>Colletotrichum acutatum sensu lato</t>
   </si>
   <si>
     <t>* Sundelin T, Schiller M, Lübeck M, Jensen DF, Paaske K, Petersen BD (2005) First report of anthracnose fruit rot caused by Colletotrichum acutatum on strawberry in Denmark. Plant disease 89(4), 432.</t>
   </si>
   <si>
     <t>SCRV00</t>
   </si>
   <si>
     <t>Cytorhabdovirus fragariarugosus</t>
   </si>
@@ -1771,280 +1774,282 @@
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>137</v>
       </c>
       <c r="B56" t="s">
         <v>149</v>
       </c>
       <c r="C56" t="s">
         <v>150</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>137</v>
       </c>
       <c r="B57" t="s">
         <v>151</v>
       </c>
       <c r="C57" t="s">
         <v>152</v>
       </c>
-      <c r="D57"/>
+      <c r="D57" t="s">
+        <v>153</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>137</v>
       </c>
       <c r="B58" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C58" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D58" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>137</v>
       </c>
       <c r="B59" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C59" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D59" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>137</v>
       </c>
       <c r="B60" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C60" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>137</v>
       </c>
       <c r="B61" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C61" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D61" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>137</v>
       </c>
       <c r="B62" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C62" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D62" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>137</v>
       </c>
       <c r="B63" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C63" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D63" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>137</v>
       </c>
       <c r="B64" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C64" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="D64" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>137</v>
       </c>
       <c r="B65" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="C65" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="D65" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>137</v>
       </c>
       <c r="B66" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C66" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D66" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>137</v>
       </c>
       <c r="B67" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C67" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D67" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
         <v>137</v>
       </c>
       <c r="B68" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C68" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D68" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
         <v>137</v>
       </c>
       <c r="B69" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C69" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>137</v>
       </c>
       <c r="B70" t="s">
         <v>116</v>
       </c>
       <c r="C70" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>137</v>
       </c>
       <c r="B71" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C71" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="D71" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>137</v>
       </c>
       <c r="B72" t="s">
         <v>118</v>
       </c>
       <c r="C72" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>137</v>
       </c>
       <c r="B73" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C73" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D73" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>137</v>
       </c>
       <c r="B74" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C74" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
       <c r="D74" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">