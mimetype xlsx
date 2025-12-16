--- v1 (2025-11-23)
+++ v2 (2025-12-16)
@@ -453,50 +453,56 @@
     <t>* Inderbitzin P, Subbarao KV (2014) Verticillium systematics and evolution: how confusion impedes Verticillium wilt management and how to resolve it. Phytopathology 104(6), 564-574. https://doi.org/10.1094/PHYTO-11-13-0315-IA</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus</t>
   </si>
   <si>
     <t>* Özbek Çatal B, Çalişkan Keçe AF, Ulusoy MR (2021) Distribution and host plants of Drosophilidae (Diptera) species detected in fruit orchards of the Eastern Mediterranean Region of Turkey. Mustafa Kemal University Journal of Agricultural Sciences 26(2), 431-442. https://doi.org/10.37908/mkutbd.873838</t>
   </si>
   <si>
     <t>ZAPRTU</t>
   </si>
   <si>
     <t>Zaprionus tuberculatus</t>
   </si>
   <si>
     <t xml:space="preserve">* Özbek Çatal B, Çalişkan Keçe AF, Ulusoy MR (2021) Distribution and host plants of Drosophilidae (Diptera) species detected in fruit orchards of the Eastern Mediterranean Region of Turkey. Mustafa Kemal University Journal of Agricultural Sciences 26(2), 431-442. https://doi.org/10.37908/mkutbd.873838
 * Santos JP, Bitner-Mathé BC, Rosa JM, Fiedler M, Scapin VL, Garcia FR, Santos FC, Oliveira MA, Antunes A (2024) First records of Zaprionus tuberculatus (Diptera: Drosophilidae) in strawberry in Brazil. Brazilian Journal of Biology 84, e283652. https://doi.org/10.1590/1519-6984.283652 </t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
+    <t>SCRV00</t>
+  </si>
+  <si>
+    <t>Alphacytorhabdovirus fragariarugosus</t>
+  </si>
+  <si>
     <t>ANTHBI</t>
   </si>
   <si>
     <t>Anthonomus bisignifer</t>
   </si>
   <si>
     <t>* Kojima H, Morimoto K (1994) Taxonomic study of the subfamily Anthonominae from Japan (Coleoptera: Curculionidae). Esakia 34, 147-186.
 ----- Damage to strawberry is negligible in modern horticultural practice.</t>
   </si>
   <si>
     <t>ANTHSI</t>
   </si>
   <si>
     <t>Anthonomus signatus</t>
   </si>
   <si>
     <t>* Bostanian NJ, Binns M, Kovach J, Racette G, Mailloux G (1999) Predictive model for strawberry bud weevil (Coleoptera: Curculionidae) adults in strawberry fields. Environmental Entomology 28(3), 398–406.
 * Chittenden FH (1908) The strawberry weevil (Anthonomus signatus Say.). USDA, Division of Entomology. Circular no. 21, second series, 7 pp.
 * Mailloux G, Bostanian NJ (1993) Development of the strawberry bud weevil (Coleoptera: Curculionidae) in strawberry fields. Annals of the Entomological Society of America 86(3), 384-393.
 * McPhie D, Burrack HJ (2017) Effect of simulated Anthonomus signatus (Coleoptera: Curculionidae) injury on strawberries (Fragaria x ananassa) grown in Southeastern plasticulture production. Journal of Economic Entomology 110(1), 208–212.
 * Martin RR, Ellis MA, Williamson B, Williams RN (eds) (201) Compendium of raspberry and blackberry diseases and pests. Second edition, APS, 175 pp.
 * Rivard I, Mailloux G, Paradis RO,  Boivin G (1979) Apparitions des adultes de l’anthonome du fraisier, Anthonomus signatus Say, en fraisières et framboisières au Québec. Phytoprotection 60, 41-46. 
 * Spangler S, Agnello A, Schaefers G (1988) Strawberry bud weevil (clipper). Small fruit fact sheets. No. 3. Cornell Cooperative Extension, Ithaca, NY. https://ecommons.cornell.edu/server/api/core/bitstreams/e554db7a-2f36-40fd-9f10-b5d9a7e391db/content</t>
   </si>
   <si>
@@ -524,56 +530,50 @@
     <t>PHMBFR</t>
   </si>
   <si>
     <t>'Candidatus Phlomobacter fragariae' (as Fragaria)</t>
   </si>
   <si>
     <t>* Danet JL, Foissac X, Zreik L, Salar P, Verdin E, Nourrisseau JG, Garnier M (2003) “Candidatus Phlomobacter fragariae” is the prevalent agent of marginal chlorosis of strawberry in French production fields and is transmitted by the planthopper Cixius wagneri (China). Phytopathology 93(6), 644-649.</t>
   </si>
   <si>
     <t>PHYPAU</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma australiense'</t>
   </si>
   <si>
     <t>* Padovan, A.; Gibb, K.; Persley, D. (2000) Association of ‘Candidatus Phytoplasma australiense’ with green petal and lethal yellows diseases in strawberry. Plant Pathology, 49(3), 362-369.</t>
   </si>
   <si>
     <t>COLLAC</t>
   </si>
   <si>
     <t>Colletotrichum acutatum sensu lato</t>
   </si>
   <si>
     <t>* Sundelin T, Schiller M, Lübeck M, Jensen DF, Paaske K, Petersen BD (2005) First report of anthracnose fruit rot caused by Colletotrichum acutatum on strawberry in Denmark. Plant disease 89(4), 432.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Cytorhabdovirus fragariarugosus</t>
   </si>
   <si>
     <t>DROSSU</t>
   </si>
   <si>
     <t>Drosophila suzukii</t>
   </si>
   <si>
     <t>* Bellamy DE, Sisterson MS, Walse SS (2013) Quantifying host potentials: indexing postharvest fresh fruits for spotted wing drosophila, Drosophila suzukii. PLoS One 8(4), e61227.</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
   </si>
   <si>
     <t>* Corpuz-Raros LA (2001) New mite pests and new host records of phytophagous mites (Acari) from the Philippines. Philippine Agricultural Scientist, 84: 341-351.
 * Dara S (2011) Lewis mite: a potential pest of strawberries and raspberries. Production and pest management practices for strawberries and vegetables. Division of agricultural and natural resources, University of California,USA. Available online: ucanr.edu/blogs/blogcore/postdetail.cfm?postnum=4380
 * Howell AD, Daugovish O. (2013) Biological Control of Eotetranychus lewisi and Tetranychus urticae (Acari: Tetranychidae) on strawberry by four phytoseiids (Acari: Phytoseiidae). Journal of Economic Entomology, 106: 80-85.</t>
   </si>
   <si>
     <t>MELGET</t>
   </si>
   <si>
@@ -1708,159 +1708,159 @@
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>4</v>
       </c>
       <c r="B51" t="s">
         <v>134</v>
       </c>
       <c r="C51" t="s">
         <v>135</v>
       </c>
       <c r="D51" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>137</v>
       </c>
       <c r="B52" t="s">
         <v>138</v>
       </c>
       <c r="C52" t="s">
         <v>139</v>
       </c>
-      <c r="D52" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>137</v>
       </c>
       <c r="B53" t="s">
+        <v>140</v>
+      </c>
+      <c r="C53" t="s">
         <v>141</v>
       </c>
-      <c r="C53" t="s">
+      <c r="D53" t="s">
         <v>142</v>
-      </c>
-[...1 lines deleted...]
-        <v>143</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>137</v>
       </c>
       <c r="B54" t="s">
+        <v>143</v>
+      </c>
+      <c r="C54" t="s">
         <v>144</v>
       </c>
-      <c r="C54" t="s">
+      <c r="D54" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>137</v>
       </c>
       <c r="B55" t="s">
+        <v>146</v>
+      </c>
+      <c r="C55" t="s">
         <v>147</v>
       </c>
-      <c r="C55" t="s">
+      <c r="D55" t="s">
         <v>148</v>
       </c>
-      <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>137</v>
       </c>
       <c r="B56" t="s">
         <v>149</v>
       </c>
       <c r="C56" t="s">
         <v>150</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>137</v>
       </c>
       <c r="B57" t="s">
         <v>151</v>
       </c>
       <c r="C57" t="s">
         <v>152</v>
       </c>
-      <c r="D57" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>137</v>
       </c>
       <c r="B58" t="s">
+        <v>153</v>
+      </c>
+      <c r="C58" t="s">
         <v>154</v>
       </c>
-      <c r="C58" t="s">
+      <c r="D58" t="s">
         <v>155</v>
-      </c>
-[...1 lines deleted...]
-        <v>156</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>137</v>
       </c>
       <c r="B59" t="s">
+        <v>156</v>
+      </c>
+      <c r="C59" t="s">
         <v>157</v>
       </c>
-      <c r="C59" t="s">
+      <c r="D59" t="s">
         <v>158</v>
-      </c>
-[...1 lines deleted...]
-        <v>159</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>137</v>
       </c>
       <c r="B60" t="s">
+        <v>159</v>
+      </c>
+      <c r="C60" t="s">
         <v>160</v>
       </c>
-      <c r="C60" t="s">
+      <c r="D60" t="s">
         <v>161</v>
       </c>
-      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>137</v>
       </c>
       <c r="B61" t="s">
         <v>162</v>
       </c>
       <c r="C61" t="s">
         <v>163</v>
       </c>
       <c r="D61" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>137</v>
       </c>
       <c r="B62" t="s">
         <v>165</v>
       </c>
       <c r="C62" t="s">
         <v>166</v>
       </c>