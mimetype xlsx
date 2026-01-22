--- v2 (2025-12-16)
+++ v3 (2026-01-22)
@@ -12,74 +12,85 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FRAAN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="199">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="202">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Raga A, Souza-Filho MFD, Machado RA, Sato ME, Siloto RC (2011) Host ranges and infestation indices of fruit flies (Tephritidae) and lance flies (Lonchaeidae) in São Paulo State, Brazil. Florida Entomologist 94, 787–794.</t>
+  </si>
+  <si>
+    <t>PHYPAE</t>
+  </si>
+  <si>
+    <t>'Candidatus Phytoplasma americanum'</t>
+  </si>
+  <si>
+    <t>* Nikolaeva EV, Knier R, Molnar C, Peter K, Jones T, Costanzo S (2020) First Report of strawberry (Fragaria × ananassa) as a host of a ‘Candidatus Phytoplasma americanum’-related strain in the United States. Plant Disease, 104(2), 560-560. https://doi.org/10.1094/PDIS-09-19-1843-PDN
+------- 99.9% similarity with the reference strain of 'Ca. Phytoplasma americanum', one symptomatic strawberry plant out of 500 in the field, only in one year. 
+Considered here as a rare host, no other record on strawberry was found at 2026-01.</t>
   </si>
   <si>
     <t>PHYPFG</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma fragariae'</t>
   </si>
   <si>
     <t>* Valiunas D, Staniulis J, Davis RE (2006) 'Candidatus Phytoplasma fragariae', a novel phytoplasma taxon discovered in yellows diseased strawberry, Fragaria x ananassa. International Journal of Systematic and Evolutionary Microbiology 56(1), 277-281.</t>
   </si>
   <si>
     <t>PHYPFR</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma fraxini'</t>
   </si>
   <si>
     <t>* Franco-Lara L (2019) Epidemiological aspects of phytoplasma diseases in a tropical country. Phytopathogenic Mollicutes 9, 45-46.
 * Franco-Lara L, García JA, Bernal YE, Rodríguez RA (2020) Diversity of the ‘Candidatus Phytoplasma asteris’ and ‘Candidatus Phytoplasma fraxini ’isolates that infect urban trees in Bogotá, Colombia. International Journal of Systematic and Evolutionary Microbiology, 70, 6508-6517.
 * Perilla LM, Franco-Lara L (2012) Phytoplasmas of group 16SrI associated with strawberry (Fragaria x ananassa) in Colombia. 22nd International Conference on Virus and Other Graft Transmission Diseases of Fruit Crops. Petria 22, 342.
 * Sinclair WA, Griffiths HM, Davis RE (1996) Ash yellows and lilac witches'-broom: phytoplasmal diseases of concern in forestry and horticulture. Plant Disease 80, 468-475.</t>
   </si>
   <si>
     <t>PHYP07</t>
   </si>
@@ -998,51 +1009,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D74"/>
+  <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="478.883" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1190,77 +1201,77 @@
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
       <c r="D12" t="s">
         <v>37</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>38</v>
       </c>
       <c r="C13" t="s">
         <v>39</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>40</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>44</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
       <c r="D16" t="s">
         <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
         <v>48</v>
       </c>
       <c r="C17" t="s">
         <v>49</v>
       </c>
@@ -1270,219 +1281,219 @@
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>51</v>
       </c>
       <c r="C18" t="s">
         <v>52</v>
       </c>
       <c r="D18" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>54</v>
       </c>
       <c r="C19" t="s">
         <v>55</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>57</v>
-[...1 lines deleted...]
-      <c r="D20" t="s">
         <v>58</v>
       </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>59</v>
       </c>
       <c r="C21" t="s">
         <v>60</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>63</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>64</v>
       </c>
       <c r="C23" t="s">
         <v>65</v>
       </c>
       <c r="D23" t="s">
         <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>67</v>
       </c>
       <c r="C24" t="s">
         <v>68</v>
       </c>
       <c r="D24" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
         <v>70</v>
       </c>
       <c r="C25" t="s">
         <v>71</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="C26" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>73</v>
       </c>
       <c r="C27" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>75</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
         <v>76</v>
       </c>
       <c r="C28" t="s">
         <v>77</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="C29" t="s">
-        <v>78</v>
+        <v>80</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
         <v>79</v>
       </c>
       <c r="C30" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="C31" t="s">
-        <v>81</v>
+        <v>83</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
         <v>82</v>
       </c>
       <c r="C32" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D32" t="s">
         <v>84</v>
       </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>4</v>
       </c>
       <c r="B33" t="s">
         <v>85</v>
       </c>
       <c r="C33" t="s">
         <v>86</v>
       </c>
       <c r="D33" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>4</v>
       </c>
       <c r="B34" t="s">
         <v>88</v>
       </c>
       <c r="C34" t="s">
         <v>89</v>
       </c>
@@ -1521,535 +1532,549 @@
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>4</v>
       </c>
       <c r="B37" t="s">
         <v>97</v>
       </c>
       <c r="C37" t="s">
         <v>98</v>
       </c>
       <c r="D37" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>4</v>
       </c>
       <c r="B38" t="s">
         <v>100</v>
       </c>
       <c r="C38" t="s">
         <v>101</v>
       </c>
       <c r="D38" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>4</v>
       </c>
       <c r="B39" t="s">
+        <v>103</v>
+      </c>
+      <c r="C39" t="s">
+        <v>104</v>
+      </c>
+      <c r="D39" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>4</v>
       </c>
       <c r="B40" t="s">
         <v>105</v>
       </c>
       <c r="C40" t="s">
         <v>106</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>107</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>4</v>
       </c>
       <c r="B41" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C41" t="s">
-        <v>108</v>
-[...1 lines deleted...]
-      <c r="D41" t="s">
         <v>109</v>
       </c>
+      <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>4</v>
       </c>
       <c r="B42" t="s">
         <v>110</v>
       </c>
       <c r="C42" t="s">
         <v>111</v>
       </c>
       <c r="D42" t="s">
         <v>112</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>4</v>
       </c>
       <c r="B43" t="s">
         <v>113</v>
       </c>
       <c r="C43" t="s">
         <v>114</v>
       </c>
       <c r="D43" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>4</v>
       </c>
       <c r="B44" t="s">
         <v>116</v>
       </c>
       <c r="C44" t="s">
         <v>117</v>
       </c>
-      <c r="D44"/>
+      <c r="D44" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>4</v>
       </c>
       <c r="B45" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C45" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>4</v>
       </c>
       <c r="B46" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C46" t="s">
-        <v>121</v>
-[...1 lines deleted...]
-      <c r="D46" t="s">
         <v>122</v>
       </c>
+      <c r="D46"/>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>4</v>
       </c>
       <c r="B47" t="s">
         <v>123</v>
       </c>
       <c r="C47" t="s">
         <v>124</v>
       </c>
       <c r="D47" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>4</v>
       </c>
       <c r="B48" t="s">
         <v>126</v>
       </c>
       <c r="C48" t="s">
         <v>127</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>128</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>4</v>
       </c>
       <c r="B49" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C49" t="s">
-        <v>129</v>
-[...1 lines deleted...]
-      <c r="D49" t="s">
         <v>130</v>
       </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>4</v>
       </c>
       <c r="B50" t="s">
         <v>131</v>
       </c>
       <c r="C50" t="s">
         <v>132</v>
       </c>
       <c r="D50" t="s">
         <v>133</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>4</v>
       </c>
       <c r="B51" t="s">
         <v>134</v>
       </c>
       <c r="C51" t="s">
         <v>135</v>
       </c>
       <c r="D51" t="s">
         <v>136</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
+        <v>4</v>
+      </c>
+      <c r="B52" t="s">
         <v>137</v>
       </c>
-      <c r="B52" t="s">
+      <c r="C52" t="s">
         <v>138</v>
       </c>
-      <c r="C52" t="s">
+      <c r="D52" t="s">
         <v>139</v>
       </c>
-      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B53" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="C53" t="s">
-        <v>141</v>
-[...1 lines deleted...]
-      <c r="D53" t="s">
         <v>142</v>
       </c>
+      <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B54" t="s">
         <v>143</v>
       </c>
       <c r="C54" t="s">
         <v>144</v>
       </c>
       <c r="D54" t="s">
         <v>145</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B55" t="s">
         <v>146</v>
       </c>
       <c r="C55" t="s">
         <v>147</v>
       </c>
       <c r="D55" t="s">
         <v>148</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B56" t="s">
         <v>149</v>
       </c>
       <c r="C56" t="s">
         <v>150</v>
       </c>
-      <c r="D56"/>
+      <c r="D56" t="s">
+        <v>151</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B57" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C57" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B58" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C58" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D58" t="s">
         <v>155</v>
       </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B59" t="s">
         <v>156</v>
       </c>
       <c r="C59" t="s">
         <v>157</v>
       </c>
       <c r="D59" t="s">
         <v>158</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B60" t="s">
         <v>159</v>
       </c>
       <c r="C60" t="s">
         <v>160</v>
       </c>
       <c r="D60" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B61" t="s">
         <v>162</v>
       </c>
       <c r="C61" t="s">
         <v>163</v>
       </c>
       <c r="D61" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B62" t="s">
         <v>165</v>
       </c>
       <c r="C62" t="s">
         <v>166</v>
       </c>
       <c r="D62" t="s">
         <v>167</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B63" t="s">
         <v>168</v>
       </c>
       <c r="C63" t="s">
         <v>169</v>
       </c>
       <c r="D63" t="s">
         <v>170</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B64" t="s">
         <v>171</v>
       </c>
       <c r="C64" t="s">
         <v>172</v>
       </c>
       <c r="D64" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B65" t="s">
         <v>174</v>
       </c>
       <c r="C65" t="s">
         <v>175</v>
       </c>
       <c r="D65" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B66" t="s">
         <v>177</v>
       </c>
       <c r="C66" t="s">
         <v>178</v>
       </c>
       <c r="D66" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B67" t="s">
         <v>180</v>
       </c>
       <c r="C67" t="s">
         <v>181</v>
       </c>
       <c r="D67" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B68" t="s">
         <v>183</v>
       </c>
       <c r="C68" t="s">
         <v>184</v>
       </c>
       <c r="D68" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B69" t="s">
         <v>186</v>
       </c>
       <c r="C69" t="s">
         <v>187</v>
       </c>
-      <c r="D69"/>
+      <c r="D69" t="s">
+        <v>188</v>
+      </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B70" t="s">
-        <v>116</v>
+        <v>189</v>
       </c>
       <c r="C70" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B71" t="s">
-        <v>189</v>
+        <v>119</v>
       </c>
       <c r="C71" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D71" t="s">
         <v>191</v>
       </c>
+      <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B72" t="s">
-        <v>118</v>
+        <v>192</v>
       </c>
       <c r="C72" t="s">
-        <v>192</v>
-[...1 lines deleted...]
-      <c r="D72"/>
+        <v>193</v>
+      </c>
+      <c r="D72" t="s">
+        <v>194</v>
+      </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B73" t="s">
-        <v>193</v>
+        <v>121</v>
       </c>
       <c r="C73" t="s">
-        <v>194</v>
-[...1 lines deleted...]
-      <c r="D73" t="s">
         <v>195</v>
       </c>
+      <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B74" t="s">
         <v>196</v>
       </c>
       <c r="C74" t="s">
         <v>197</v>
       </c>
       <c r="D74" t="s">
         <v>198</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>140</v>
+      </c>
+      <c r="B75" t="s">
+        <v>199</v>
+      </c>
+      <c r="C75" t="s">
+        <v>200</v>
+      </c>
+      <c r="D75" t="s">
+        <v>201</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">