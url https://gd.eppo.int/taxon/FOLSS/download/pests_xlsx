--- v0 (2025-10-09)
+++ v1 (2025-11-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FOLSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa (as Fortunella)</t>
   </si>
   <si>
     <t>Mentioned in the EPPO datasheet on Ceratitis rosa in CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).
 This record predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
@@ -141,56 +141,50 @@
 * Yoshida T (1996) Graft compatibility of Citrus with plants in the Aurantioideae and their susceptibility to citrus tristeza virus. Plant Disease 80, 414-417.
 ------ Fortunella polyandra. graft-inoculated.
 * Caruso P, Massimino Cocuzza GE, Di Silvestro S, Puglisi D, Bazzano M, Scuderi G, Catara A, Licciardello G (2024). The replication of Citrus tristeza virus VT isolates in ornamental Citrus and related rutaceous species implicates them as potential virus reservoirs in the Mediterranean area. Acta Horticulturae 1392, 105-111.
 ------- in experiments, as 'Fortunella obovata'. high concentration of the virus, no symptoms</t>
   </si>
   <si>
     <t>DIAACI</t>
   </si>
   <si>
     <t>Diaphorina citri</t>
   </si>
   <si>
     <t>* Koizumi M, Prommintara M, Ohtsu Y (1996) Wood apple, Limonia acidissima L.: a new host for the huanglongbing (greening) vector, Diaphorina citri. In International Organization of Citrus Virologists Conference Proceedings (1957-2010) (Vol. 13, No. 13).
 ------- confirmed hos
 * Aubert B (1990) Integrated activities for the control of huanglongbing-greening and its vector Diaphorina citri Kuwayama in Asia. In Proceedings of the Fourth FAO-UNDP International Asia Pacific Conference on Citrus Rehabilitation (Vol. 410, pp. 133-144).
 ------- confirmed host</t>
   </si>
   <si>
     <t>Diaphorina citri (as Fortunella)</t>
   </si>
   <si>
     <t>ELSIFA</t>
   </si>
   <si>
     <t>Elsinoë fawcettii (as Fortunella)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Eutetranychus orientalis (as Fortunella)</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Hoddle MS, Triapitsyn SV, Morgan DJW (2003) Distribution and plant association records for Homalodisca coagulata (Hemiptera: Cicadellidae) in Florida. Florida Entomologist 86(1), 89-91.</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
   <si>
     <t>Lopholeucaspis japonica (as Fortunella)</t>
   </si>
   <si>
     <t>NEOAHA</t>
   </si>
   <si>
     <t>Neoaliturus haematoceps (as Fortunella)</t>
   </si>
   <si>
     <t>CPSV00</t>
   </si>
@@ -612,51 +606,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="385.62" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -832,65 +826,65 @@
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>38</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>40</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>42</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C17" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>44</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>45</v>
       </c>
       <c r="C18" t="s">
         <v>46</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>47</v>
       </c>
       <c r="C19" t="s">
         <v>48</v>
       </c>
       <c r="D19"/>
     </row>
@@ -906,181 +900,169 @@
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>51</v>
       </c>
       <c r="C21" t="s">
         <v>52</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>53</v>
       </c>
       <c r="C22" t="s">
         <v>54</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>55</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C23" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D23" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C25" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>63</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>64</v>
       </c>
       <c r="C26" t="s">
         <v>65</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
         <v>66</v>
       </c>
       <c r="C27" t="s">
         <v>67</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>68</v>
       </c>
       <c r="C28" t="s">
         <v>69</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>70</v>
       </c>
       <c r="C29" t="s">
         <v>71</v>
       </c>
-      <c r="D29"/>
+      <c r="D29" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C30" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D30" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>8</v>
+        <v>76</v>
       </c>
       <c r="B31" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="C31" t="s">
-        <v>76</v>
-[...6 lines deleted...]
-      <c r="A32" t="s">
         <v>78</v>
       </c>
-      <c r="B32" t="s">
-[...5 lines deleted...]
-      <c r="D32"/>
+      <c r="D31"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>