--- v0 (2025-10-14)
+++ v1 (2025-12-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FOLMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="109">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa (as Fortunella)</t>
   </si>
   <si>
     <t>Mentioned in the EPPO datasheet on Ceratitis rosa in CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).
 This record predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
@@ -267,56 +267,50 @@
   </si>
   <si>
     <t>Diaphorina citri (as Fortunella)</t>
   </si>
   <si>
     <t>ELSIAU</t>
   </si>
   <si>
     <t>Elsinoë australis</t>
   </si>
   <si>
     <t>* Sivanesan A, Critchett C (1974) Elsinoë australis. CMI Descriptions of Pathogenic Fungi and Bacteria No. 440. CABI, Wallingford, UK.</t>
   </si>
   <si>
     <t>ELSIFA</t>
   </si>
   <si>
     <t>Elsinoë fawcettii</t>
   </si>
   <si>
     <t>* Chung K-R (2011) Elsinoё fawcettii and Elsinoё australis: The fungal pathogens causing citrus scab. Molecular Plant Pathology 12(2), 123-135. 
 * Gopal K, Govindarajulu B, Ramana KTV, Kishore Kumar ChS, Gopi V, Gouri Sankar T, Mukunda Lakshmi L, Naga Lakshmi T, Sarada G (2014) Citrus scab (Elsinoe fawcettii): A review. Research and Reviews: Journal of Agriculture and Allied Sciences 3(3), 49-58.</t>
   </si>
   <si>
     <t>Elsinoë fawcettii (as Fortunella)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Eutetranychus orientalis (as Fortunella)</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
   <si>
     <t>Lopholeucaspis japonica (as Fortunella)</t>
   </si>
   <si>
     <t>NEOAHA</t>
   </si>
   <si>
     <t>Neoaliturus haematoceps (as Fortunella)</t>
   </si>
   <si>
     <t>CPSV00</t>
   </si>
   <si>
     <t>Ophiovirus citri (as Fortunella)</t>
   </si>
   <si>
     <t>PRABMY</t>
   </si>
   <si>
     <t>Parabemisia myricae (as Fortunella)</t>
   </si>
@@ -711,51 +705,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D43"/>
+  <dimension ref="A1:D42"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="385.62" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1187,153 +1181,141 @@
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>87</v>
       </c>
       <c r="C34" t="s">
         <v>88</v>
       </c>
       <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>89</v>
       </c>
       <c r="C35" t="s">
         <v>90</v>
       </c>
-      <c r="D35"/>
+      <c r="D35" t="s">
+        <v>91</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C36" t="s">
-        <v>92</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>93</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
         <v>94</v>
       </c>
       <c r="C37" t="s">
         <v>95</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>96</v>
       </c>
       <c r="C38" t="s">
         <v>97</v>
       </c>
       <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
         <v>98</v>
       </c>
       <c r="C39" t="s">
         <v>99</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>100</v>
       </c>
       <c r="C40" t="s">
         <v>101</v>
       </c>
-      <c r="D40"/>
+      <c r="D40" t="s">
+        <v>102</v>
+      </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>8</v>
+        <v>103</v>
       </c>
       <c r="B41" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="C41" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="D41" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B42" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C42" t="s">
-        <v>107</v>
-[...1 lines deleted...]
-      <c r="D42" t="s">
         <v>108</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D43"/>
+      <c r="D42"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>