--- v0 (2025-10-08)
+++ v1 (2025-11-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FOLCR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa (as Fortunella)</t>
   </si>
   <si>
     <t>Mentioned in the EPPO datasheet on Ceratitis rosa in CABI/EPPO (1997) Quarantine Pests for Europe (2nd edition). CABI, Wallingford (GB).
 This record predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
@@ -179,56 +179,50 @@
   </si>
   <si>
     <t>CTV000</t>
   </si>
   <si>
     <t>Closterovirus tristezae (as Fortunella)</t>
   </si>
   <si>
     <t>* Moreno P, Ambrós S, Albiach-Martí R, Guerri J, Peña L (2008) Citrus tristeza virus: a pathogen that changed the course of the citrus industry. Molecular plant pathology 9(2), 251-268.
 * Yoshida T (1996) Graft compatibility of Citrus with plants in the Aurantioideae and their susceptibility to citrus tristeza virus. Plant Disease 80, 414-417.
 ------ Fortunella polyandra. graft-inoculated.
 * Caruso P, Massimino Cocuzza GE, Di Silvestro S, Puglisi D, Bazzano M, Scuderi G, Catara A, Licciardello G (2024). The replication of Citrus tristeza virus VT isolates in ornamental Citrus and related rutaceous species implicates them as potential virus reservoirs in the Mediterranean area. Acta Horticulturae 1392, 105-111.
 ------- in experiments, as 'Fortunella obovata'. high concentration of the virus, no symptoms</t>
   </si>
   <si>
     <t>DIAACI</t>
   </si>
   <si>
     <t>Diaphorina citri (as Fortunella)</t>
   </si>
   <si>
     <t>ELSIFA</t>
   </si>
   <si>
     <t>Elsinoë fawcettii (as Fortunella)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Eutetranychus orientalis (as Fortunella)</t>
   </si>
   <si>
     <t>LOPLJA</t>
   </si>
   <si>
     <t>Lopholeucaspis japonica (as Fortunella)</t>
   </si>
   <si>
     <t>NEOAHA</t>
   </si>
   <si>
     <t>Neoaliturus haematoceps (as Fortunella)</t>
   </si>
   <si>
     <t>CPSV00</t>
   </si>
   <si>
     <t>Ophiovirus citri (as Fortunella)</t>
   </si>
   <si>
     <t>PRABMY</t>
   </si>
   <si>
     <t>Parabemisia myricae (as Fortunella)</t>
   </si>
@@ -611,51 +605,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D31"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="385.62" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -947,139 +941,127 @@
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>15</v>
       </c>
       <c r="B24" t="s">
         <v>61</v>
       </c>
       <c r="C24" t="s">
         <v>62</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>15</v>
       </c>
       <c r="B25" t="s">
         <v>63</v>
       </c>
       <c r="C25" t="s">
         <v>64</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C26" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D26" t="s">
         <v>67</v>
       </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>15</v>
       </c>
       <c r="B27" t="s">
         <v>68</v>
       </c>
       <c r="C27" t="s">
         <v>69</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>15</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>15</v>
       </c>
       <c r="B29" t="s">
         <v>72</v>
       </c>
       <c r="C29" t="s">
         <v>73</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>15</v>
       </c>
       <c r="B30" t="s">
+        <v>12</v>
+      </c>
+      <c r="C30" t="s">
         <v>74</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>75</v>
       </c>
-      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="B31" t="s">
-        <v>12</v>
+        <v>77</v>
       </c>
       <c r="C31" t="s">
-        <v>76</v>
-[...6 lines deleted...]
-      <c r="A32" t="s">
         <v>78</v>
       </c>
-      <c r="B32" t="s">
-[...5 lines deleted...]
-      <c r="D32"/>
+      <c r="D31"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>