--- v0 (2025-10-08)
+++ v1 (2025-11-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FIUSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.</t>
   </si>
   <si>
@@ -140,51 +140,56 @@
   <si>
     <t>Ceroplastes floridensis (as Ficus)</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
   </si>
   <si>
     <t>* Estebanes-Gonzalez ML, Baker EW (1968) Arañas rojas de Mexico (Acarina: Tetranychidae). Anales de la Escuela Nacional de Ciencias Biologicas, 15: 61-133.</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
-    <t>Eutetranychus orientalis (as Ficus)</t>
+    <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Gupta SK, Chatterjee K (1997) Acari: plant mites. pp. 485-532. In Zoological Survey of India, State Fauna Series 6: Fauna of Delhi. 532 pp.
+INTERNET
+* Migeon A, Dorkeld F (2025) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 13/11/2025)</t>
   </si>
   <si>
     <t>EUWAKU</t>
   </si>
   <si>
     <t>Euwallacea kuroshio (as Ficus)</t>
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
   </si>
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma (as Ficus)</t>
   </si>
   <si>
     <t>HOMLTR</t>
   </si>
   <si>
     <t>Homalodisca vitripennis</t>
   </si>
   <si>
     <t>* Sorensen JT, Gill RJ (1996) A range extension of Homalodisca coagulata (Say) (Hemiptera: Clypeorrhyncha: Cicadellidae) to Southern California. Pan-Pacific Entomologist 72(3), 160-161.
 * Turner WF, Pollard HN (1959) Life histories and behavior of five insect vectors of phony peach disease. United States Department of Agriculture, Technical Bulletin 1188, 28 pp.
@@ -583,51 +588,51 @@
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D24"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="384.478" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -773,184 +778,186 @@
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="D23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="D24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">