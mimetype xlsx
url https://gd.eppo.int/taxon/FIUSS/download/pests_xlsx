--- v1 (2025-11-25)
+++ v2 (2026-03-01)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FIUSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="72">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.</t>
   </si>
   <si>
@@ -206,50 +206,60 @@
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari (as Ficus)</t>
   </si>
   <si>
     <t>* van der Gaag DJ, van der Straten M, Ramel JM, Baufeld P , Schrader G (2013) Pest Risk Analysis for Opogona sacchari. Netherlands Food and Consumer Product Safety Authority. 48 pp. Available at https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092.
 ------- intercepted in consignments of plants for planting.</t>
   </si>
   <si>
     <t>SAISNI</t>
   </si>
   <si>
     <t>Parasaissetia nigra (as Ficus)</t>
   </si>
   <si>
     <t>PHENPR</t>
   </si>
   <si>
     <t>Phenacoccus peruvianus</t>
   </si>
   <si>
     <t>* von Ellenrieder N, Kinnee SA, Watson GW (2020) The bougainvillea mealybug, Phenacoccus peruvianus Granara de Willink, in Granara de Willink &amp; Szumik, 2007 (Hemiptera: Pseudococcidae), an invasive species new to North America, with a description of the adult male and new host records. Pan-Pacific Entomologist 96(2), 59-72.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Ficus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci (as Ficus)</t>
   </si>
   <si>
     <t>SLENRU</t>
   </si>
   <si>
     <t>Selenothrips rubrocinctus</t>
   </si>
   <si>
     <t>* Kudo I (1995) Some Panchaetothripinae from Nepal, Malaysia and the Philippines [Thysanoptera: Terebrantia: Thripidae]. Insecta matsumurana. New series: journal of the Faculty of Agriculture Hokkaido University, series entomology 52, 81-103.
 ------- adults.</t>
   </si>
   <si>
     <t>XYLBCR</t>
   </si>
   <si>
     <t>Xylosandrus crassiusculus</t>
   </si>
   <si>
     <t>* Wood SL, Bright DE (1992) A catalogue of Scolytidae and Platypodidae (Coleoptera). Great Basin Naturalist Memoirs no. 13. Part 2: Taxonomic Index, volume A, p 791.</t>
@@ -578,61 +588,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D24"/>
+  <dimension ref="A1:D25"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="384.478" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -886,78 +896,92 @@
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
         <v>58</v>
       </c>
       <c r="C21" t="s">
         <v>59</v>
       </c>
       <c r="D21" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" t="s">
         <v>62</v>
       </c>
-      <c r="D22"/>
+      <c r="D22" t="s">
+        <v>63</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D23" t="s">
         <v>65</v>
       </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>66</v>
       </c>
       <c r="C24" t="s">
         <v>67</v>
       </c>
       <c r="D24" t="s">
         <v>68</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>8</v>
+      </c>
+      <c r="B25" t="s">
+        <v>69</v>
+      </c>
+      <c r="C25" t="s">
+        <v>70</v>
+      </c>
+      <c r="D25" t="s">
+        <v>71</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">