--- v0 (2025-10-07)
+++ v1 (2025-12-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FIUPT" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="34">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Ficus)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
@@ -74,56 +74,50 @@
   <si>
     <t>* Singh AP, Bhandari RS, Verma TD (2004) Important insect pests of poplars in agroforestry and strategies for their management in northwestern India. Agroforestry Systems 63, 15–26.
 * Singh P, Prasad G (1985) Poplar stem borer, Apriona cinerea Chevrolat (Coleoptera: Cerambycidae) its biology, ecology and control. Indian
 Forester 111(7), 517-524.</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Rasolofoarivao H, Raveloson Ravaomanarivo LH, Delatte H (2021) Host plant ranges of fruit flies (Diptera: Tephritidae) in Madagascar. Bulletin of Entomological Research 1–12. https://doi.org/10.1017/ S0007485321000511</t>
   </si>
   <si>
     <t>CERPCE</t>
   </si>
   <si>
     <t>Ceroplastes ceriferus (as Ficus)</t>
   </si>
   <si>
     <t>CERPFL</t>
   </si>
   <si>
     <t>Ceroplastes floridensis (as Ficus)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Eutetranychus orientalis (as Ficus)</t>
   </si>
   <si>
     <t>EUWAKU</t>
   </si>
   <si>
     <t>Euwallacea kuroshio (as Ficus)</t>
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
   </si>
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma (as Ficus)</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari (as Ficus)</t>
   </si>
   <si>
     <t>* van der Gaag DJ, van der Straten M, Ramel JM, Baufeld P , Schrader G (2013) Pest Risk Analysis for Opogona sacchari. Netherlands Food and Consumer Product Safety Authority. 48 pp. Available at https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092.
 ------- intercepted in consignments of plants for planting.</t>
@@ -464,61 +458,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D13"/>
+  <dimension ref="A1:D12"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="321.921" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -580,115 +574,103 @@
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>18</v>
       </c>
       <c r="C7" t="s">
         <v>19</v>
       </c>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
-[...1 lines deleted...]
-      <c r="D9" t="s">
         <v>24</v>
       </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>25</v>
       </c>
       <c r="C10" t="s">
         <v>26</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
         <v>29</v>
       </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
       <c r="D12"/>
-    </row>
-[...10 lines deleted...]
-      <c r="D13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>