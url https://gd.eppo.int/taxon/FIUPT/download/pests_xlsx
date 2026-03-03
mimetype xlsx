--- v1 (2025-12-12)
+++ v2 (2026-03-03)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FIUPT" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="35">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Ficus)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
@@ -105,50 +105,60 @@
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
   </si>
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma (as Ficus)</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari (as Ficus)</t>
   </si>
   <si>
     <t>* van der Gaag DJ, van der Straten M, Ramel JM, Baufeld P , Schrader G (2013) Pest Risk Analysis for Opogona sacchari. Netherlands Food and Consumer Product Safety Authority. 48 pp. Available at https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092.
 ------- intercepted in consignments of plants for planting.</t>
   </si>
   <si>
     <t>SAISNI</t>
   </si>
   <si>
     <t>Parasaissetia nigra (as Ficus)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Ficus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci (as Ficus)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -458,61 +468,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="321.921" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -626,51 +636,65 @@
         <v>27</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>30</v>
       </c>
       <c r="C12" t="s">
         <v>31</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
+        <v>4</v>
+      </c>
+      <c r="B13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" t="s">
+        <v>34</v>
+      </c>
+      <c r="D13"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>