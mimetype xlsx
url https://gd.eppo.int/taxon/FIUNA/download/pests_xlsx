--- v0 (2025-10-07)
+++ v1 (2025-11-13)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FIUNA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Ficus)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
@@ -65,56 +65,50 @@
   <si>
     <t>Aonidiella citrina (as Ficus)</t>
   </si>
   <si>
     <t>APRICI</t>
   </si>
   <si>
     <t>Apriona cinerea (as Ficus)</t>
   </si>
   <si>
     <t>* Singh AP, Bhandari RS, Verma TD (2004) Important insect pests of poplars in agroforestry and strategies for their management in northwestern India. Agroforestry Systems 63, 15–26.
 * Singh P, Prasad G (1985) Poplar stem borer, Apriona cinerea Chevrolat (Coleoptera: Cerambycidae) its biology, ecology and control. Indian
 Forester 111(7), 517-524.</t>
   </si>
   <si>
     <t>CERPCE</t>
   </si>
   <si>
     <t>Ceroplastes ceriferus (as Ficus)</t>
   </si>
   <si>
     <t>CERPFL</t>
   </si>
   <si>
     <t>Ceroplastes floridensis (as Ficus)</t>
-  </si>
-[...4 lines deleted...]
-    <t>Eutetranychus orientalis (as Ficus)</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* List of Trees Impacted by Polyphagous Shot Hole Borer (PHSB) in South Africa (2019-07) https://polyphagous-shot-hole-borer.co.za/pshb-tree-list-july-2019/
 ------- reproductive host
 * van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- As Euwallacea fornicatus sensu stricto. Non-reproductive host in South Africa.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- Non-reproductive host.</t>
   </si>
   <si>
     <t>EUWAKU</t>
@@ -486,51 +480,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D14"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -588,156 +582,144 @@
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>27</v>
       </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>28</v>
       </c>
       <c r="C11" t="s">
         <v>29</v>
       </c>
-      <c r="D11"/>
+      <c r="D11" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>32</v>
       </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>35</v>
       </c>
       <c r="C14" t="s">
         <v>36</v>
       </c>
-      <c r="D14"/>
-[...5 lines deleted...]
-      <c r="B15" t="s">
+      <c r="D14" t="s">
         <v>37</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">