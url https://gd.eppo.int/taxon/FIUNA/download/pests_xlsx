--- v1 (2025-11-13)
+++ v2 (2026-03-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FIUNA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="38">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Ficus)</t>
   </si>
   <si>
     <t>* Sjöman H, Östberg J &amp; Nilsson J (2014) Review of host trees for the wood-boring pests Anoplophora glabripennis and Anoplophora chinensis: an urban forest perspective. Arboriculture &amp; Urban Forestry 40(3), 143–164.</t>
   </si>
   <si>
@@ -118,50 +118,60 @@
   </si>
   <si>
     <t>* Smith SM, Gomez DF, Beaver RA, Hulcr J, Cognato AI (2019) Reassessment of the species in the Euwallacea fornicatus (Coleoptera: Curculionidae: Scolytinae) complex after the rediscovery of the ‘lost’ type specimen. Insects 10, 261. https://doi.org/10.3390/insects10090261</t>
   </si>
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma (as Ficus)</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>
     <t>Opogona sacchari (as Ficus)</t>
   </si>
   <si>
     <t>* van der Gaag DJ, van der Straten M, Ramel JM, Baufeld P , Schrader G (2013) Pest Risk Analysis for Opogona sacchari. Netherlands Food and Consumer Product Safety Authority. 48 pp. Available at https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092.
 ------- intercepted in consignments of plants for planting.</t>
   </si>
   <si>
     <t>SAISNI</t>
   </si>
   <si>
     <t>Parasaissetia nigra (as Ficus)</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Ficus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci (as Ficus)</t>
   </si>
   <si>
     <t>ZAPRTU</t>
   </si>
   <si>
     <t>Zaprionus tuberculatus</t>
   </si>
   <si>
     <t>* Yazzin A, David JR (2010) Revision of the Afrotropical species of Zaprionus (Diptera, Drosophilidae), with descriptions of two new species and notes on internal reproductive structures and immature stages. ZooKeys 51, 33-72.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -480,61 +490,61 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D14"/>
+  <dimension ref="A1:D15"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="337.346" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
@@ -662,64 +672,78 @@
         <v>30</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>35</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
-        <v>36</v>
-[...1 lines deleted...]
-      <c r="D14" t="s">
         <v>37</v>
+      </c>
+      <c r="D14"/>
+    </row>
+    <row r="15" spans="1:4">
+      <c r="A15" t="s">
+        <v>4</v>
+      </c>
+      <c r="B15" t="s">
+        <v>38</v>
+      </c>
+      <c r="C15" t="s">
+        <v>39</v>
+      </c>
+      <c r="D15" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">