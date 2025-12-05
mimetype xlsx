--- v0 (2025-10-08)
+++ v1 (2025-12-05)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FIUCA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="207">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Mentioned in World crop pests 3(A). Fruit flies; their biology, natural enemies and control (Ed. by Robinson AS, Hooper G), pp. 51-58. Elsevier, Amsterdam, Netherlands.
 This record (1989) predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
@@ -313,51 +313,55 @@
     <t>* Beyzavi G, Ueckermann EA, Faraji F, Ostovan H (2013) A catalog of Iranian prostigmatic mites of superfamilies Raphignathoidea &amp; Tetranychoidea (Acari). Persian Journal of Acarology, 2: 389-474.
 * Tuttle DM, Baker EW, Abbatiello M (1976) Spider mites of Mexico (Acarina : Tetranychidae). International Journal of Acarology, 2: 1-102.</t>
   </si>
   <si>
     <t>ERTNFU</t>
   </si>
   <si>
     <t>Erthesina fullo</t>
   </si>
   <si>
     <t>* Mi Q, Zhang J, Gould E, Chen J, Sun Z, Zhang F (2020) Biology, ecology, and management of Erthesina fullo (Hemiptera: Pentatomidae): A review. Insects 11, 346. https://doi.org/10.3390/insects11060346</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
   </si>
   <si>
     <t>EUTEOR</t>
   </si>
   <si>
-    <t>Eutetranychus orientalis (as Ficus)</t>
+    <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of females, males and immatures on this species</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 ------- Reproductive host in Western Australia.
 * University of California. Invasive shot hole borers. ISHB reproductive hosts. https://ucanr.edu/sites/pshb/pest-overview/ishb-reproductive-hosts/ (last accessed 2021-03)
 -------- Reproductive host (infection usually causes branch dieback)
 * van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- As Euwallacea fornicatus sensu stricto. Non-reproductive host in South Africa.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 ------- Reproductive host in Western Australia.
 * Mendel Z, Lynch SC, Eskalen A, Protasov A, Maymon M, Freeman S (2021) What determines host range and reproductive performance of an invasive ambrosia beetle Euwallacea fornicatus; lessons from Israel and California. Frontiers in Forests and Global Change 4, 654702.
@@ -1487,602 +1491,604 @@
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>12</v>
       </c>
       <c r="B32" t="s">
         <v>89</v>
       </c>
       <c r="C32" t="s">
         <v>90</v>
       </c>
       <c r="D32" t="s">
         <v>91</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>12</v>
       </c>
       <c r="B33" t="s">
         <v>92</v>
       </c>
       <c r="C33" t="s">
         <v>93</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>12</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>12</v>
       </c>
       <c r="B35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C35" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>12</v>
       </c>
       <c r="B36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C36" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D36" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>12</v>
       </c>
       <c r="B37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C37" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>12</v>
       </c>
       <c r="B38" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="C38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D38" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>12</v>
       </c>
       <c r="B39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D39" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>12</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C40" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>12</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D41" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>12</v>
       </c>
       <c r="B42" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="C42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="D42" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>12</v>
       </c>
       <c r="B43" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C43" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D43" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>12</v>
       </c>
       <c r="B44" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C44" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>12</v>
       </c>
       <c r="B45" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D45" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>12</v>
       </c>
       <c r="B46" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C46" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D46" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>12</v>
       </c>
       <c r="B47" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C47" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="D47" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>12</v>
       </c>
       <c r="B48" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="C48" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>12</v>
       </c>
       <c r="B49" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="C49" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>12</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="C50" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>12</v>
       </c>
       <c r="B51" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C51" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D51" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>12</v>
       </c>
       <c r="B52" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C52" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D52" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>12</v>
       </c>
       <c r="B53" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C53" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D53" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>12</v>
       </c>
       <c r="B54" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C54" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D54" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>12</v>
       </c>
       <c r="B55" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C55" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>12</v>
       </c>
       <c r="B56" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C56" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D56" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>12</v>
       </c>
       <c r="B57" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="C57" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="D57" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>12</v>
       </c>
       <c r="B58" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="C58" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>12</v>
       </c>
       <c r="B59" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C59" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>12</v>
       </c>
       <c r="B60" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C60" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D60" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>12</v>
       </c>
       <c r="B61" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C61" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D61" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>12</v>
       </c>
       <c r="B62" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C62" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D62" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>12</v>
       </c>
       <c r="B63" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C63" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D63" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>12</v>
       </c>
       <c r="B64" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C64" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D64" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>12</v>
       </c>
       <c r="B65" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C65" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D65" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>12</v>
       </c>
       <c r="B66" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="C66" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>12</v>
       </c>
       <c r="B67" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="C67" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="D67" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B68" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C68" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="D68" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B69" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C69" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="D69"/>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B70" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C70" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="D70" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B71" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="C71" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="D71"/>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B72" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="C72" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="D72" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B73" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C73" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="D73"/>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B74" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
       <c r="C74" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="D74" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">