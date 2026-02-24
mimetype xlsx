--- v1 (2025-12-05)
+++ v2 (2026-02-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FIUCA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="208">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="211">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CERTRO</t>
   </si>
   <si>
     <t>Ceratitis rosa</t>
   </si>
   <si>
     <t>Mentioned in World crop pests 3(A). Fruit flies; their biology, natural enemies and control (Ed. by Robinson AS, Hooper G), pp. 51-58. Elsevier, Amsterdam, Netherlands.
 This record (1989) predates the separation of Ceratitis rosa sensu lato into C. rosa and C. quilicii. No other record was found. The pest status is now considered doubtful.</t>
   </si>
@@ -510,50 +510,60 @@
     <t>PHYTCN</t>
   </si>
   <si>
     <t>Phytophthora cinnamomi</t>
   </si>
   <si>
     <t>* Türkölmez Ş, Derviş S, Çiftçi O, Ulubaş Serçe Ç (2018) First report of Phytophthora cinnamomi causing root and crown rot of Ficus carica in Turkey. Plant Disease 103(4), p 776.</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4</t>
   </si>
   <si>
     <t>CEVD00</t>
   </si>
   <si>
     <t>Pospiviroid exocortiscitri</t>
   </si>
   <si>
     <t>* Yakoubi S, Elleuch A, Besaies N, Marrakchi M, Fakhfakh H (2007) First report of Hop stunt viroid and Citrus exocortis viroid on fig with symptoms of Fig Mosaic Disease. Journal of Phytopathology 155(2), 125-128.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Ficus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki</t>
   </si>
   <si>
     <t>RALSPS</t>
   </si>
   <si>
     <t>Ralstonia pseudosolanacearum</t>
   </si>
   <si>
     <t>* Jiang Y, Li B, Liao F, Weng Q, Chen Q (2016) First report of bacterial wilt caused by Ralstonia solanacearum on fig trees in China. Forest Pathology 46, 256–258. DOI: 10.1111/efp.12267
 ------- Phylotype I, sequevar unassigned.</t>
   </si>
   <si>
     <t>RALSSO</t>
   </si>
   <si>
     <t>Ralstonia solanacearum species complex</t>
   </si>
   <si>
     <t>* Jiang Y, Li B, Liao F, Weng Q, Chen Q (2016) First report of bacterial wilt caused by Ralstonia solanacearum on fig trees in China. Forest Pathology 46, 256–258. DOI: 10.1111/efp.12267
@@ -1029,51 +1039,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D74"/>
+  <dimension ref="A1:D75"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1791,117 +1801,117 @@
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>12</v>
       </c>
       <c r="B54" t="s">
         <v>151</v>
       </c>
       <c r="C54" t="s">
         <v>152</v>
       </c>
       <c r="D54" t="s">
         <v>153</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>12</v>
       </c>
       <c r="B55" t="s">
         <v>154</v>
       </c>
       <c r="C55" t="s">
         <v>155</v>
       </c>
-      <c r="D55"/>
+      <c r="D55" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>12</v>
       </c>
       <c r="B56" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C56" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D56" t="s">
         <v>158</v>
       </c>
+      <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>12</v>
       </c>
       <c r="B57" t="s">
         <v>159</v>
       </c>
       <c r="C57" t="s">
         <v>160</v>
       </c>
       <c r="D57" t="s">
         <v>161</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>12</v>
       </c>
       <c r="B58" t="s">
         <v>162</v>
       </c>
       <c r="C58" t="s">
         <v>163</v>
       </c>
-      <c r="D58"/>
+      <c r="D58" t="s">
+        <v>164</v>
+      </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>12</v>
       </c>
       <c r="B59" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C59" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>12</v>
       </c>
       <c r="B60" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C60" t="s">
-        <v>167</v>
-[...1 lines deleted...]
-      <c r="D60" t="s">
         <v>168</v>
       </c>
+      <c r="D60"/>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>12</v>
       </c>
       <c r="B61" t="s">
         <v>169</v>
       </c>
       <c r="C61" t="s">
         <v>170</v>
       </c>
       <c r="D61" t="s">
         <v>171</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>12</v>
       </c>
       <c r="B62" t="s">
         <v>172</v>
       </c>
       <c r="C62" t="s">
         <v>173</v>
       </c>
@@ -1939,156 +1949,170 @@
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
         <v>12</v>
       </c>
       <c r="B65" t="s">
         <v>181</v>
       </c>
       <c r="C65" t="s">
         <v>182</v>
       </c>
       <c r="D65" t="s">
         <v>183</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>12</v>
       </c>
       <c r="B66" t="s">
         <v>184</v>
       </c>
       <c r="C66" t="s">
         <v>185</v>
       </c>
-      <c r="D66"/>
+      <c r="D66" t="s">
+        <v>186</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
         <v>12</v>
       </c>
       <c r="B67" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C67" t="s">
-        <v>187</v>
-[...1 lines deleted...]
-      <c r="D67" t="s">
         <v>188</v>
       </c>
+      <c r="D67"/>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
+        <v>12</v>
+      </c>
+      <c r="B68" t="s">
         <v>189</v>
       </c>
-      <c r="B68" t="s">
+      <c r="C68" t="s">
         <v>190</v>
       </c>
-      <c r="C68" t="s">
+      <c r="D68" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B69" t="s">
         <v>193</v>
       </c>
       <c r="C69" t="s">
         <v>194</v>
       </c>
-      <c r="D69"/>
+      <c r="D69" t="s">
+        <v>195</v>
+      </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B70" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="C70" t="s">
-        <v>196</v>
-[...1 lines deleted...]
-      <c r="D70" t="s">
         <v>197</v>
       </c>
+      <c r="D70"/>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B71" t="s">
         <v>198</v>
       </c>
       <c r="C71" t="s">
         <v>199</v>
       </c>
-      <c r="D71"/>
+      <c r="D71" t="s">
+        <v>200</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B72" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C72" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="D72" t="s">
         <v>202</v>
       </c>
+      <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B73" t="s">
         <v>203</v>
       </c>
       <c r="C73" t="s">
         <v>204</v>
       </c>
-      <c r="D73"/>
+      <c r="D73" t="s">
+        <v>205</v>
+      </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
-        <v>189</v>
+        <v>192</v>
       </c>
       <c r="B74" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C74" t="s">
-        <v>206</v>
-[...1 lines deleted...]
-      <c r="D74" t="s">
         <v>207</v>
+      </c>
+      <c r="D74"/>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>192</v>
+      </c>
+      <c r="B75" t="s">
+        <v>208</v>
+      </c>
+      <c r="C75" t="s">
+        <v>209</v>
+      </c>
+      <c r="D75" t="s">
+        <v>210</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">