--- v0 (2025-10-15)
+++ v1 (2025-11-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FIUBE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Loomans AJM, Heijboer A, Vierbergen G (1998) Host plant performances of Thrips palmi Karny (Thysanoptera: Thripidae), with particular reference to Ficus (Moraceae). Proceedings of the 6th International Symposium on Thysanoptera (Antalya, TR, 1998-04-27/05-01), 99-105.
 ------- Considered to be a host plant.
 * O'Donnell CA, Parrella MP (2005) Host suitability of selected Ficus species for Thrips palmi (Thysanoptera: Thripidae). Florida Entomologist 88(1), 97-98.
@@ -130,56 +130,50 @@
   </si>
   <si>
     <t>Ceroplastes japonicus</t>
   </si>
   <si>
     <t>* Pencheva A, Yovkova M (2016) Review of Ceroplastes Gray 1828 in Bulgaria with first report of C. cirripediformis Comstock 1881. Silva Balcanica 17(2), 37-44.</t>
   </si>
   <si>
     <t>TOCV00</t>
   </si>
   <si>
     <t>Crinivirus tomatichlorosis</t>
   </si>
   <si>
     <t>* Mamoun Abdel-Salam AM, Rezk AA, Dawoud RA (2019) Biochemical, serological, molecular and natural host studies on Tomato chlorosis virus in Egypt. Pakistan Journal of Biological Sciences 22, 83-94. https://doi.org/10.3923/pjbs.2019.83.125</t>
   </si>
   <si>
     <t>PLTPPA</t>
   </si>
   <si>
     <t>Euplatypus parallelus</t>
   </si>
   <si>
     <t>* Atkinson TH (online) Bark and Ambrosia Beetles. https://www.barkbeetles.info/index.php (last accessed 2021-07).
 ------- Ficus retusa var. nitida.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Eutetranychus orientalis (as Ficus)</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Rugman-Jones PF, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7), 938-951.
 * Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 ------- Reproductive host in Western Australia.
 * Schuler H, Witkowski R, van de Vossenberg B, Hoppe B, Mittelbach M, Bukovinszki T, Schwembacher S, van de Meulengraaf B, Lange U, Rode S, Andriolo A (2022) Recent invasion and eradication of two members of the Euwallacea fornicatus species complex (Coleoptera: Curculionidae: Scolytinae) from tropical greenhouses in Europe. Biological Invasions. https://doi.org/10.1007/s10530-022-02929-w</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* Government of Western Australia. Department of Primary Industries and Regional Development. Polyphagous shot-hole borer (PSHB). Australian Host List (version 24.0 - 2024-09-30). https://www.agric.wa.gov.au/sites/gateway/files/PSHB-WA-Host-List_2.pdf
 ------- Reproductive host in Western Australia.
 * Mendel Z, Lynch SC, Eskalen A, Protasov A, Maymon M, Freeman S (2021) What determines host range and reproductive performance of an invasive ambrosia beetle Euwallacea fornicatus; lessons from Israel and California. Frontiers in Forests and Global Change 4, 654702.
 ------- Non reproductive host tree in California (US).</t>
   </si>
@@ -658,51 +652,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D33"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -844,318 +838,306 @@
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>39</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>47</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>12</v>
       </c>
       <c r="B17" t="s">
+        <v>46</v>
+      </c>
+      <c r="C17" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>12</v>
       </c>
       <c r="B18" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C18" t="s">
         <v>50</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>12</v>
       </c>
       <c r="B20" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="D20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>12</v>
       </c>
       <c r="B22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D22" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>12</v>
       </c>
       <c r="B23" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C23" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>12</v>
       </c>
       <c r="B24" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C24" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D24" t="s">
         <v>68</v>
       </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>12</v>
       </c>
       <c r="B25" t="s">
         <v>69</v>
       </c>
       <c r="C25" t="s">
         <v>70</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>12</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
       <c r="C26" t="s">
         <v>72</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>73</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>12</v>
       </c>
       <c r="B27" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="C27" t="s">
         <v>74</v>
       </c>
-      <c r="D27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>12</v>
+        <v>75</v>
       </c>
       <c r="B28" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="C28" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D28"/>
+        <v>77</v>
+      </c>
+      <c r="D28" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B29" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C29" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B30" t="s">
-        <v>81</v>
+        <v>67</v>
       </c>
       <c r="C30" t="s">
         <v>82</v>
       </c>
-      <c r="D30" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B31" t="s">
-        <v>69</v>
+        <v>83</v>
       </c>
       <c r="C31" t="s">
         <v>84</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>77</v>
+        <v>86</v>
       </c>
       <c r="B32" t="s">
-        <v>85</v>
+        <v>87</v>
       </c>
       <c r="C32" t="s">
-        <v>86</v>
+        <v>88</v>
       </c>
       <c r="D32" t="s">
-        <v>87</v>
-[...6 lines deleted...]
-      <c r="B33" t="s">
         <v>89</v>
-      </c>
-[...4 lines deleted...]
-        <v>91</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">