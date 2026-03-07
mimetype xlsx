--- v1 (2025-11-24)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FIUBE" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="93">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t>* Loomans AJM, Heijboer A, Vierbergen G (1998) Host plant performances of Thrips palmi Karny (Thysanoptera: Thripidae), with particular reference to Ficus (Moraceae). Proceedings of the 6th International Symposium on Thysanoptera (Antalya, TR, 1998-04-27/05-01), 99-105.
 ------- Considered to be a host plant.
 * O'Donnell CA, Parrella MP (2005) Host suitability of selected Ficus species for Thrips palmi (Thysanoptera: Thripidae). Florida Entomologist 88(1), 97-98.
@@ -240,50 +240,60 @@
   <si>
     <t>* van der Gaag DJ, van der Straten M, Ramel JM, Baufeld P , Schrader G (2013) Pest Risk Analysis for Opogona sacchari. Netherlands Food and Consumer Product Safety Authority. 48 pp. Available at https://pra.eppo.int/pra/2823b66f-ce73-48eb-8272-082124412092.
 ------- intercepted in consignments of plants for planting.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>SAISNI</t>
   </si>
   <si>
     <t>Parasaissetia nigra (as Ficus)</t>
   </si>
   <si>
     <t>PTACLO</t>
   </si>
   <si>
     <t>Paratachardina silvestri</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Ficus)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci</t>
   </si>
   <si>
     <t>* Jansen MGM (2001) Instar identification and some notes about the life cycle of Rhizoecus hibisci Kawai ; Takagi (Coccoidea: Pseudococcidae). Bollettino di Zoologia Agraria e di Bachicoltura, Serie II, 33(3), 53-56.</t>
   </si>
   <si>
     <t>Ripersiella hibisci (as Ficus)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>GREEFI</t>
   </si>
   <si>
     <t>Greenidea ficicola</t>
   </si>
   <si>
     <t>* Bella S, Aguiar AF (2020) Non-native insect pests from the Madeira archipelago (Portugal): new records and further data (Insecta: Orthoptera; Thysanoptera; Hemiptera; Coleoptera; Diptera; Lepidoptera; Hymenoptera). Fragmenta Entomologica 52(2), 369-376. https://doi.org/10.13133/2284-4880/469</t>
   </si>
@@ -652,51 +662,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D33"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="462.316" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1021,123 +1031,137 @@
       </c>
       <c r="C25" t="s">
         <v>70</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>12</v>
       </c>
       <c r="B26" t="s">
         <v>71</v>
       </c>
       <c r="C26" t="s">
         <v>72</v>
       </c>
       <c r="D26" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>12</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C27" t="s">
-        <v>74</v>
-[...1 lines deleted...]
-      <c r="D27"/>
+        <v>75</v>
+      </c>
+      <c r="D27" t="s">
+        <v>76</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>75</v>
+        <v>12</v>
       </c>
       <c r="B28" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="C28" t="s">
         <v>77</v>
       </c>
-      <c r="D28" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B29" t="s">
         <v>79</v>
       </c>
       <c r="C29" t="s">
         <v>80</v>
       </c>
       <c r="D29" t="s">
         <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B30" t="s">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="C30" t="s">
-        <v>82</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>83</v>
+      </c>
+      <c r="D30" t="s">
+        <v>84</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B31" t="s">
-        <v>83</v>
+        <v>67</v>
       </c>
       <c r="C31" t="s">
-        <v>84</v>
-[...1 lines deleted...]
-      <c r="D31" t="s">
         <v>85</v>
       </c>
+      <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
+        <v>78</v>
+      </c>
+      <c r="B32" t="s">
         <v>86</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>87</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>88</v>
       </c>
-      <c r="D32" t="s">
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
         <v>89</v>
+      </c>
+      <c r="B33" t="s">
+        <v>90</v>
+      </c>
+      <c r="C33" t="s">
+        <v>91</v>
+      </c>
+      <c r="D33" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">