--- v0 (2025-10-29)
+++ v1 (2026-03-09)
@@ -47,53 +47,54 @@
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>ANSTLU</t>
   </si>
   <si>
     <t>Anastrepha ludens</t>
   </si>
   <si>
     <t>* Baker AC, Stone WE, Plummer CC, McPhail M (1944) A review of studies on the Mexican fruitfly and related Mexican species. USDA Miscellaneous Publications, 155 pp.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t xml:space="preserve">* Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
+    <t>* Toome-Heller M, H, WWH, Ganley R.J, Elliott CEA, Quinn B, Pearson HG &amp; Alexander BJR (2020) Chasing myrtle rust in New Zealand: host range and distribution over the first year after invasion. Australasian Plant Pathology (2020). https://doi.org/10.1007/s13313-020-00694-9
 ------- confirmed host
-</t>
+* Blum LEB, Dianese JC (2001) Patterns of urediniospores release and development of rose apple rust. Pesquisa Agropecuaria Brasileira 36 (6):845-850
+------- as Acca sellowiana</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Badii KB, Billah MK, Afreh-Nuamah K, Obeng-Ofori D (2015) Species composition and host range of fruit-infesting flies (Diptera: Tephritidae) in northern Ghana. International Journal of Tropical Insect Science 35(3), 137-151.
 ------- As Feijoa sellowiana.</t>
   </si>
   <si>
     <t>DACUTR</t>
   </si>
   <si>
     <t>Bactrocera tryoni</t>
   </si>
   <si>
     <t>* Hancock D, Hamacek EL, Lloyd AC, Elson-Harris MM (2000) The distribution and host plants of fruit flies (Diptera: Tephritidae) in Australia. Queensland Department of Primary Industries, 75 pp.</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>