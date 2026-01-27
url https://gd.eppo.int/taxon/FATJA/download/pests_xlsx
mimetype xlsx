--- v0 (2025-10-19)
+++ v1 (2026-01-27)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="FATJA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="29">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="32">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>COLLFC</t>
   </si>
   <si>
     <t>Colletotrichum fructicola</t>
   </si>
   <si>
     <t>* EFSA PLH Panel (EFSA Panel on Plant Health), Bragard C, Dehnen-Schmutz K, Di Serio F, Gonthier P, Jacques M-A, Jaques Miret JA, Justesen AF, MacLeod A, Magnusson CS, Milonas P, Navas-Cortes JA, Parnell S, Potting R, Thulke H-H, Van der Werf W, Civera AV, Yuen J, Zappala L,  Migheli Q, Vloutoglou I, Campese C, Maiorano A, Streissl F, Reignault PL (2021) Scientific Opinion on the pest categorisation of Colletotrichum fructicola. EFSA Journal 19(8), 6803, 41 pp</t>
   </si>
   <si>
@@ -98,50 +98,60 @@
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.
 * Werkam AW, Verhoeven JThJ &amp; Roenhorst JW (2007) Plant species found infected by Tomato spotted wilt virus and Impatiens necrotic spot virus at the Dutch Plant Protection Service since 1989. https://edepot.wur.nl/341977 (accessed on 14 June 2021).
 ------- Confirmed host. As Fatsia japonica 'variegata'.</t>
   </si>
   <si>
     <t>PLTPQU</t>
   </si>
   <si>
     <t>Platypus quercivorus</t>
   </si>
   <si>
     <t>* Sato Y (2003) Infestation of the oak borer, Platypus quercivorus (Murayama), in Sakurajima Island, Kagoshima Prefecture. Kyushu Journal of Forest Research 56, 95-100.</t>
   </si>
   <si>
     <t>PSACHI</t>
   </si>
   <si>
     <t>Psacothea hilaris</t>
   </si>
   <si>
     <t>* Lim J, Jung S-Y, Lim J-S, Jang J, Kim K-M, Lee Y-M, Lee B-W (2014) A review of host plants of Cerambycidae (Coleoptera: Chrysomeloidea) with new host records for fourteen Cerambycids, including the Asian longhorn beetle (Anoplophora glabripennis Motschulsky), in Korea. Korean Journal of Applied Entomology 53(2), 111-133.</t>
+  </si>
+  <si>
+    <t>SCITDO</t>
+  </si>
+  <si>
+    <t>Scirtothrips dorsalis</t>
+  </si>
+  <si>
+    <t>* NPPO of the Netherlands (2025-11)
+----found during greenhouse inspection on ornamental plants for planting</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies unknown.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
@@ -455,51 +465,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="42.418" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="548.438" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -593,50 +603,64 @@
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>23</v>
       </c>
       <c r="C8" t="s">
         <v>24</v>
       </c>
       <c r="D8" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
       <c r="D9" t="s">
         <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>4</v>
+      </c>
+      <c r="B10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10" t="s">
+        <v>31</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">