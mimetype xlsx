--- v0 (2025-10-18)
+++ v1 (2026-02-20)
@@ -12,76 +12,85 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EVMGR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="47">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Cohen J, Gera A, Ecker R, Ben-Joseph R, Perlsman M, Gokkes M, Lachman O, Antignus Y (1995) Lisianthus leaf curl - a new disease of lisianthus caused by tomato yellow leaf curl virus. Plant Disease 79(4), 416-420.
 * Kil EJ, Byun HS, Kim S, Hwang H, Kim MK, Kim CS, Choi HS, Lee KY, Lee S (2014) First report of Tomato yellow leaf curl virus infecting eustoma (Eustoma grandiflorum) in Korea. Plant Disease 98(8), p 1163.
 -------As Eustoma grandiflorum.</t>
+  </si>
+  <si>
+    <t>THIEBA</t>
+  </si>
+  <si>
+    <t>Berkeleyomyces basicola</t>
+  </si>
+  <si>
+    <t>* Huang YS, Xie XW, Shi YX, Chai AL, Li L, Li BJ. (2022) First report of Berkeleyomyces basicola causing black root rot on lisianthus (Eustoma grandiflorum) in China. Plant Disease 106(3), 1073.</t>
   </si>
   <si>
     <t>SPCSV0</t>
   </si>
   <si>
     <t>Crinivirus ipomeae</t>
   </si>
   <si>
     <t>* Cohen J, Lapidot M, Loebenstein G, Gera A (2001) First report of Sweet potato sunken vein virus occurring in Lisianthus. Plant Disease 85 (6), 679.
 -------As Sweet potato sunken vein virus. First record on lisianthus (Eustoma grandiflorum) and any species of Gentianaceae.</t>
   </si>
   <si>
     <t>TSV000</t>
   </si>
   <si>
     <t>Ilarvirus TSV</t>
   </si>
   <si>
     <t>* Rivas EB, Galleti SR, Duarte LM, Seabra PV, Alexandre MA (2000) Virus and phytoplasm diseases of lisianthus. Summa Phytopathologica. 26(2), 257-262. (abst.)
 ------- as Eustoma grandiflorum.</t>
   </si>
   <si>
     <t>LIRIHU</t>
   </si>
   <si>
@@ -507,51 +516,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D15"/>
+  <dimension ref="A1:D16"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="346.773" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -601,65 +610,65 @@
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>14</v>
       </c>
       <c r="C5" t="s">
         <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>17</v>
       </c>
       <c r="C6" t="s">
         <v>18</v>
       </c>
-      <c r="D6"/>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D7" t="s">
         <v>21</v>
       </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>22</v>
       </c>
       <c r="C8" t="s">
         <v>23</v>
       </c>
       <c r="D8" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>25</v>
       </c>
       <c r="C9" t="s">
         <v>26</v>
       </c>
@@ -698,79 +707,93 @@
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>34</v>
       </c>
       <c r="C12" t="s">
         <v>35</v>
       </c>
       <c r="D12" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>37</v>
       </c>
       <c r="C13" t="s">
         <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
+        <v>40</v>
+      </c>
+      <c r="C14" t="s">
+        <v>41</v>
+      </c>
+      <c r="D14" t="s">
         <v>39</v>
-      </c>
-[...4 lines deleted...]
-        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>13</v>
+        <v>44</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4">
+      <c r="A16" t="s">
+        <v>4</v>
+      </c>
+      <c r="B16" t="s">
+        <v>45</v>
+      </c>
+      <c r="C16" t="s">
+        <v>46</v>
+      </c>
+      <c r="D16" t="s">
+        <v>16</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">