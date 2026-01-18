--- v0 (2025-10-16)
+++ v1 (2026-01-18)
@@ -407,60 +407,60 @@
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
     <t>Russian Federation (the)</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
+    <t>Central Russia</t>
+  </si>
+  <si>
+    <t>cr</t>
+  </si>
+  <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
-  </si>
-[...4 lines deleted...]
-    <t>ru</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>