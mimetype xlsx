--- v1 (2026-01-18)
+++ v2 (2026-02-11)
@@ -401,51 +401,51 @@
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Central Russia</t>
   </si>
   <si>
     <t>cr</t>
   </si>
   <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>