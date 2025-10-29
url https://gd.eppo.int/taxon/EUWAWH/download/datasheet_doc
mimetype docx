--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Schedl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> polyphagous shot-hole borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId540068e658e1c03d3" w:history="1">
+            <w:hyperlink r:id="rId30176901887b421f3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -12901,63 +12901,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). In Poland, Italy, Erfurt (Germany) and the Netherlands, the eradication of the plants (or infested part of the plants) resulted in the successful eradication of the beetles, whereas the eradication process in Berlin is reported to be still in progress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="39989435" name="name839068e658e1c5d48" descr="EUWAWH_distribution_map.jpg"/>
+            <wp:docPr id="47373208" name="name47266901887b481fb" descr="EUWAWH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUWAWH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId956968e658e1c5d46" cstate="print"/>
+                    <a:blip r:embed="rId78556901887b481f7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14421,51 +14421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 976–1017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366968e658e1c68f8" w:history="1">
+      <w:hyperlink r:id="rId78956901887b48f59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1967.12018485</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14511,51 +14511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4242), 894–896. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511668e658e1c698d" w:history="1">
+      <w:hyperlink r:id="rId44156901887b48ff9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/science.1273573</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14601,51 +14601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 454–455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670968e658e1c6a1d" w:history="1">
+      <w:hyperlink r:id="rId84276901887b4908e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/62.2.454</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14749,51 +14749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId913968e658e1c6b08" w:history="1">
+      <w:hyperlink r:id="rId42576901887b4917f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14859,51 +14859,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432368e658e1c6bb7" w:history="1">
+      <w:hyperlink r:id="rId27316901887b4924a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14949,51 +14949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3957. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466768e658e1c6c45" w:history="1">
+      <w:hyperlink r:id="rId98966901887b492e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15039,51 +15039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 223–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId125668e658e1c6cd5" w:history="1">
+      <w:hyperlink r:id="rId20306901887b49374" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15149,51 +15149,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266268e658e1c6d82" w:history="1">
+      <w:hyperlink r:id="rId27936901887b49439" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15219,51 +15219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId751968e658e1c6df2" w:history="1">
+      <w:hyperlink r:id="rId14196901887b494ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15329,51 +15329,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777068e658e1c6ea0" w:history="1">
+      <w:hyperlink r:id="rId43556901887b4955f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15399,51 +15399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558968e658e1c6f0f" w:history="1">
+      <w:hyperlink r:id="rId50766901887b495d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15509,51 +15509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–4), 67–72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId544668e658e1c6fbb" w:history="1">
+      <w:hyperlink r:id="rId24136901887b49686" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.1974.tb01827.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15619,51 +15619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId121868e658e1c7069" w:history="1">
+      <w:hyperlink r:id="rId48676901887b49737" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15825,51 +15825,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744768e658e1c71b7" w:history="1">
+      <w:hyperlink r:id="rId89156901887b498a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15895,51 +15895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">768</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 19–68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690268e658e1c722a" w:history="1">
+      <w:hyperlink r:id="rId58766901887b49914" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.768.24697</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15985,51 +15985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId323768e658e1c72ba" w:history="1">
+      <w:hyperlink r:id="rId87496901887b499bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/isd/ixy018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16095,51 +16095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265968e658e1c7376" w:history="1">
+      <w:hyperlink r:id="rId36516901887b49a71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16243,51 +16243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId483468e658e1c7464" w:history="1">
+      <w:hyperlink r:id="rId13456901887b49b79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16353,51 +16353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 980-987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732768e658e1c7511" w:history="1">
+      <w:hyperlink r:id="rId51376901887b49c2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16463,51 +16463,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630868e658e1c75bd" w:history="1">
+      <w:hyperlink r:id="rId73346901887b49dbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16553,51 +16553,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId693568e658e1c764b" w:history="1">
+      <w:hyperlink r:id="rId28926901887b49e5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16623,51 +16623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455268e658e1c76ba" w:history="1">
+      <w:hyperlink r:id="rId46076901887b49ee5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16713,51 +16713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346768e658e1c7749" w:history="1">
+      <w:hyperlink r:id="rId25146901887b49f7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16803,51 +16803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299–307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313368e658e1c77da" w:history="1">
+      <w:hyperlink r:id="rId98276901887b4a028" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16913,51 +16913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId600768e658e1c7886" w:history="1">
+      <w:hyperlink r:id="rId62086901887b4a0e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16983,51 +16983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId633468e658e1c78f7" w:history="1">
+      <w:hyperlink r:id="rId55386901887b4a15f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17073,51 +17073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 366–375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId459768e658e1c7987" w:history="1">
+      <w:hyperlink r:id="rId92406901887b4a20c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -17143,51 +17143,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440968e658e1c79fb" w:history="1">
+      <w:hyperlink r:id="rId54336901887b4a288" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17253,51 +17253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId830968e658e1c7aae" w:history="1">
+      <w:hyperlink r:id="rId85416901887b4a37a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17310,63 +17310,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="6604552" name="name156768e658e1c7b67" descr="eu_funding_250.png"/>
+            <wp:docPr id="34442161" name="name80726901887b4a42f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId441268e658e1c7b66" cstate="print"/>
+                    <a:blip r:embed="rId55756901887b4a42e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17464,137 +17464,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="78973070">
+  <w:abstractNum w:abstractNumId="69579389">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10652134">
+    <w:lvl w:ilvl="0" w:tplc="50160632">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10652134" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50160632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10652134" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50160632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10652134" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50160632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10652134" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50160632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10652134" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50160632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10652134" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50160632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10652134" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50160632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10652134" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50160632" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="78973069">
+  <w:abstractNum w:abstractNumId="69579388">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78904925">
+    <w:lvl w:ilvl="0" w:tplc="49230781">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18346,55 +18346,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="78973069">
-    <w:abstractNumId w:val="78973069"/>
+  <w:num w:numId="69579388">
+    <w:abstractNumId w:val="69579388"/>
   </w:num>
-  <w:num w:numId="78973070">
-    <w:abstractNumId w:val="78973070"/>
+  <w:num w:numId="69579389">
+    <w:abstractNumId w:val="69579389"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -29944,51 +29944,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId945107868" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId674313367" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId540068e658e1c03d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId366968e658e1c68f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId511668e658e1c698d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId670968e658e1c6a1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId913968e658e1c6b08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId432368e658e1c6bb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId466768e658e1c6c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId125668e658e1c6cd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId266268e658e1c6d82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId751968e658e1c6df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId777068e658e1c6ea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId558968e658e1c6f0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId544668e658e1c6fbb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId121868e658e1c7069" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId744768e658e1c71b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId690268e658e1c722a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId323768e658e1c72ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId265968e658e1c7376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId483468e658e1c7464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId732768e658e1c7511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId630868e658e1c75bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId693568e658e1c764b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId455268e658e1c76ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId346768e658e1c7749" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId313368e658e1c77da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId600768e658e1c7886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId633468e658e1c78f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId459768e658e1c7987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId440968e658e1c79fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId830968e658e1c7aae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId956968e658e1c5d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId956968e658e1c5d46.jpg"/><Relationship Id="rId441268e658e1c7b66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId441268e658e1c7b66.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId604212875" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId177675358" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30176901887b421f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId78956901887b48f59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId44156901887b48ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId84276901887b4908e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId42576901887b4917f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId27316901887b4924a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId98966901887b492e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId20306901887b49374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId27936901887b49439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId14196901887b494ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId43556901887b4955f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId50766901887b495d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId24136901887b49686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId48676901887b49737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId89156901887b498a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId58766901887b49914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId87496901887b499bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId36516901887b49a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId13456901887b49b79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId51376901887b49c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId73346901887b49dbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId28926901887b49e5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId46076901887b49ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId25146901887b49f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId98276901887b4a028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId62086901887b4a0e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId55386901887b4a15f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId92406901887b4a20c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId54336901887b4a288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId85416901887b4a37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId78556901887b481f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78556901887b481f7.jpg"/><Relationship Id="rId55756901887b4a42e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55756901887b4a42e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>