--- v1 (2025-10-29)
+++ v2 (2025-11-18)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Schedl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> polyphagous shot-hole borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30176901887b421f3" w:history="1">
+            <w:hyperlink r:id="rId7484691cc4f209d9b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -12901,63 +12901,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). In Poland, Italy, Erfurt (Germany) and the Netherlands, the eradication of the plants (or infested part of the plants) resulted in the successful eradication of the beetles, whereas the eradication process in Berlin is reported to be still in progress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47373208" name="name47266901887b481fb" descr="EUWAWH_distribution_map.jpg"/>
+            <wp:docPr id="58791155" name="name4696691cc4f2136ee" descr="EUWAWH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUWAWH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId78556901887b481f7" cstate="print"/>
+                    <a:blip r:embed="rId2804691cc4f2136eb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14421,51 +14421,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 976–1017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78956901887b48f59" w:history="1">
+      <w:hyperlink r:id="rId9241691cc4f21440e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1967.12018485</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14511,51 +14511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4242), 894–896. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44156901887b48ff9" w:history="1">
+      <w:hyperlink r:id="rId5395691cc4f2144a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/science.1273573</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14601,51 +14601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 454–455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84276901887b4908e" w:history="1">
+      <w:hyperlink r:id="rId3932691cc4f21453d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/62.2.454</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14749,51 +14749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42576901887b4917f" w:history="1">
+      <w:hyperlink r:id="rId4127691cc4f21463f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14859,51 +14859,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27316901887b4924a" w:history="1">
+      <w:hyperlink r:id="rId2586691cc4f2146f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14949,51 +14949,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3957. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98966901887b492e1" w:history="1">
+      <w:hyperlink r:id="rId8144691cc4f21478c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15039,51 +15039,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 223–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20306901887b49374" w:history="1">
+      <w:hyperlink r:id="rId5874691cc4f214840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15149,51 +15149,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27936901887b49439" w:history="1">
+      <w:hyperlink r:id="rId4133691cc4f2148f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15219,51 +15219,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14196901887b494ae" w:history="1">
+      <w:hyperlink r:id="rId3345691cc4f214966" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15329,51 +15329,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43556901887b4955f" w:history="1">
+      <w:hyperlink r:id="rId5868691cc4f214a18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15399,51 +15399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50766901887b495d3" w:history="1">
+      <w:hyperlink r:id="rId8272691cc4f214a89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15509,51 +15509,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–4), 67–72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24136901887b49686" w:history="1">
+      <w:hyperlink r:id="rId3835691cc4f214b36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.1974.tb01827.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15619,51 +15619,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48676901887b49737" w:history="1">
+      <w:hyperlink r:id="rId5567691cc4f214c2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15825,51 +15825,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89156901887b498a1" w:history="1">
+      <w:hyperlink r:id="rId7880691cc4f214da2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15895,51 +15895,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">768</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 19–68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58766901887b49914" w:history="1">
+      <w:hyperlink r:id="rId1060691cc4f214e17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.768.24697</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15985,51 +15985,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87496901887b499bd" w:history="1">
+      <w:hyperlink r:id="rId6270691cc4f214eaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/isd/ixy018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16095,51 +16095,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36516901887b49a71" w:history="1">
+      <w:hyperlink r:id="rId6485691cc4f214f59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16243,51 +16243,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13456901887b49b79" w:history="1">
+      <w:hyperlink r:id="rId5675691cc4f215045" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16353,51 +16353,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 980-987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51376901887b49c2e" w:history="1">
+      <w:hyperlink r:id="rId1559691cc4f2150f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16463,51 +16463,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73346901887b49dbc" w:history="1">
+      <w:hyperlink r:id="rId4849691cc4f2151a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16553,51 +16553,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28926901887b49e5a" w:history="1">
+      <w:hyperlink r:id="rId2132691cc4f215233" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16623,51 +16623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46076901887b49ee5" w:history="1">
+      <w:hyperlink r:id="rId9609691cc4f2152a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16713,51 +16713,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25146901887b49f7d" w:history="1">
+      <w:hyperlink r:id="rId5801691cc4f215333" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16803,51 +16803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299–307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98276901887b4a028" w:history="1">
+      <w:hyperlink r:id="rId2360691cc4f2153c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16913,51 +16913,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62086901887b4a0e9" w:history="1">
+      <w:hyperlink r:id="rId8078691cc4f215471" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16983,51 +16983,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55386901887b4a15f" w:history="1">
+      <w:hyperlink r:id="rId8093691cc4f2154e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17073,51 +17073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 366–375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92406901887b4a20c" w:history="1">
+      <w:hyperlink r:id="rId9742691cc4f215576" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -17143,51 +17143,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54336901887b4a288" w:history="1">
+      <w:hyperlink r:id="rId9108691cc4f2155f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17253,51 +17253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85416901887b4a37a" w:history="1">
+      <w:hyperlink r:id="rId4797691cc4f2156b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17310,63 +17310,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34442161" name="name80726901887b4a42f" descr="eu_funding_250.png"/>
+            <wp:docPr id="32097491" name="name6723691cc4f215799" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId55756901887b4a42e" cstate="print"/>
+                    <a:blip r:embed="rId5922691cc4f215798" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17464,137 +17464,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69579389">
+  <w:abstractNum w:abstractNumId="97301604">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50160632">
+    <w:lvl w:ilvl="0" w:tplc="10261527">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50160632" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10261527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50160632" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10261527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50160632" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10261527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50160632" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10261527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50160632" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10261527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50160632" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10261527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50160632" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10261527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50160632" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10261527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69579388">
+  <w:abstractNum w:abstractNumId="97301603">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49230781">
+    <w:lvl w:ilvl="0" w:tplc="42355276">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18346,55 +18346,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69579388">
-    <w:abstractNumId w:val="69579388"/>
+  <w:num w:numId="97301603">
+    <w:abstractNumId w:val="97301603"/>
   </w:num>
-  <w:num w:numId="69579389">
-    <w:abstractNumId w:val="69579389"/>
+  <w:num w:numId="97301604">
+    <w:abstractNumId w:val="97301604"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -29944,51 +29944,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId604212875" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId177675358" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30176901887b421f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId78956901887b48f59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId44156901887b48ff9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId84276901887b4908e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId42576901887b4917f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId27316901887b4924a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId98966901887b492e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId20306901887b49374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId27936901887b49439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId14196901887b494ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId43556901887b4955f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId50766901887b495d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId24136901887b49686" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId48676901887b49737" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId89156901887b498a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId58766901887b49914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId87496901887b499bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId36516901887b49a71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId13456901887b49b79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId51376901887b49c2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId73346901887b49dbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId28926901887b49e5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId46076901887b49ee5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId25146901887b49f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId98276901887b4a028" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId62086901887b4a0e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId55386901887b4a15f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId92406901887b4a20c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId54336901887b4a288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId85416901887b4a37a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId78556901887b481f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId78556901887b481f7.jpg"/><Relationship Id="rId55756901887b4a42e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId55756901887b4a42e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId276678468" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId466079034" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7484691cc4f209d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId9241691cc4f21440e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId5395691cc4f2144a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId3932691cc4f21453d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId4127691cc4f21463f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId2586691cc4f2146f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId8144691cc4f21478c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId5874691cc4f214840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId4133691cc4f2148f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId3345691cc4f214966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId5868691cc4f214a18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId8272691cc4f214a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId3835691cc4f214b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId5567691cc4f214c2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId7880691cc4f214da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId1060691cc4f214e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId6270691cc4f214eaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId6485691cc4f214f59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId5675691cc4f215045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId1559691cc4f2150f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId4849691cc4f2151a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId2132691cc4f215233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId9609691cc4f2152a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId5801691cc4f215333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId2360691cc4f2153c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId8078691cc4f215471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId8093691cc4f2154e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId9742691cc4f215576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId9108691cc4f2155f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId4797691cc4f2156b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2804691cc4f2136eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2804691cc4f2136eb.jpg"/><Relationship Id="rId5922691cc4f215798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5922691cc4f215798.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>