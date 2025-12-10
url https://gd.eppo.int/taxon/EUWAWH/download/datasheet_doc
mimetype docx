--- v2 (2025-11-18)
+++ v3 (2025-12-10)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Schedl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> polyphagous shot-hole borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7484691cc4f209d9b" w:history="1">
+            <w:hyperlink r:id="rId92706939e8031335c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1334,50 +1334,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acer pictum subsp. mono</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Acer platanoides</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Acer pseudoplatanus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Acer saccharinum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -12901,105 +12921,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). In Poland, Italy, Erfurt (Germany) and the Netherlands, the eradication of the plants (or infested part of the plants) resulted in the successful eradication of the beetles, whereas the eradication process in Berlin is reported to be still in progress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="58791155" name="name4696691cc4f2136ee" descr="EUWAWH_distribution_map.jpg"/>
+            <wp:docPr id="89163544" name="name73106939e80318f3e" descr="EUWAWH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUWAWH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2804691cc4f2136eb" cstate="print"/>
+                    <a:blip r:embed="rId48726939e80318f3a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Germany, Israel, Spain (mainland)</w:t>
+        <w:t xml:space="preserve"> Germany, Israel, Spain (mainland), Türkiye</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> South Africa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14421,51 +14441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 976–1017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9241691cc4f21440e" w:history="1">
+      <w:hyperlink r:id="rId36826939e80319c7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1967.12018485</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14511,51 +14531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4242), 894–896. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5395691cc4f2144a5" w:history="1">
+      <w:hyperlink r:id="rId27246939e80319d16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/science.1273573</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14601,51 +14621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 454–455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3932691cc4f21453d" w:history="1">
+      <w:hyperlink r:id="rId21656939e80319da8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/62.2.454</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14749,51 +14769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4127691cc4f21463f" w:history="1">
+      <w:hyperlink r:id="rId69756939e80319e98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14859,51 +14879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2586691cc4f2146f8" w:history="1">
+      <w:hyperlink r:id="rId59706939e80319f4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14949,51 +14969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3957. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8144691cc4f21478c" w:history="1">
+      <w:hyperlink r:id="rId84806939e80319fdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15039,51 +15059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 223–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5874691cc4f214840" w:history="1">
+      <w:hyperlink r:id="rId31286939e8031a071" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15149,51 +15169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4133691cc4f2148f4" w:history="1">
+      <w:hyperlink r:id="rId86326939e8031a122" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15219,51 +15239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3345691cc4f214966" w:history="1">
+      <w:hyperlink r:id="rId40776939e8031a192" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15329,51 +15349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5868691cc4f214a18" w:history="1">
+      <w:hyperlink r:id="rId91346939e8031a244" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15399,51 +15419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8272691cc4f214a89" w:history="1">
+      <w:hyperlink r:id="rId64646939e8031a2b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15509,51 +15529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–4), 67–72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3835691cc4f214b36" w:history="1">
+      <w:hyperlink r:id="rId39846939e8031a368" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.1974.tb01827.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15619,51 +15639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5567691cc4f214c2c" w:history="1">
+      <w:hyperlink r:id="rId74366939e8031a41a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15825,51 +15845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7880691cc4f214da2" w:history="1">
+      <w:hyperlink r:id="rId54466939e8031a566" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15895,51 +15915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">768</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 19–68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1060691cc4f214e17" w:history="1">
+      <w:hyperlink r:id="rId58896939e8031a5f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.768.24697</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15985,51 +16005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6270691cc4f214eaa" w:history="1">
+      <w:hyperlink r:id="rId73696939e8031a68d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/isd/ixy018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16095,51 +16115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6485691cc4f214f59" w:history="1">
+      <w:hyperlink r:id="rId88116939e8031a741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16243,51 +16263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5675691cc4f215045" w:history="1">
+      <w:hyperlink r:id="rId19246939e8031a831" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16353,51 +16373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 980-987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1559691cc4f2150f4" w:history="1">
+      <w:hyperlink r:id="rId81346939e8031a8e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16463,51 +16483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4849691cc4f2151a3" w:history="1">
+      <w:hyperlink r:id="rId27216939e8031a994" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16553,51 +16573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2132691cc4f215233" w:history="1">
+      <w:hyperlink r:id="rId18026939e8031aa25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16623,51 +16643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9609691cc4f2152a3" w:history="1">
+      <w:hyperlink r:id="rId58306939e8031aa99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16713,51 +16733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5801691cc4f215333" w:history="1">
+      <w:hyperlink r:id="rId27056939e8031ab2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16803,51 +16823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299–307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2360691cc4f2153c4" w:history="1">
+      <w:hyperlink r:id="rId65786939e8031abbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16913,51 +16933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8078691cc4f215471" w:history="1">
+      <w:hyperlink r:id="rId17686939e8031ac70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16983,51 +17003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8093691cc4f2154e2" w:history="1">
+      <w:hyperlink r:id="rId49736939e8031ace2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17073,51 +17093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 366–375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9742691cc4f215576" w:history="1">
+      <w:hyperlink r:id="rId83196939e8031ad77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -17143,51 +17163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9108691cc4f2155f2" w:history="1">
+      <w:hyperlink r:id="rId56376939e8031adec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17253,51 +17273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4797691cc4f2156b1" w:history="1">
+      <w:hyperlink r:id="rId96856939e8031aead" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17310,63 +17330,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32097491" name="name6723691cc4f215799" descr="eu_funding_250.png"/>
+            <wp:docPr id="42382241" name="name71896939e8031af55" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5922691cc4f215798" cstate="print"/>
+                    <a:blip r:embed="rId58356939e8031af54" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17464,137 +17484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97301604">
+  <w:abstractNum w:abstractNumId="45076232">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10261527">
+    <w:lvl w:ilvl="0" w:tplc="76028482">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10261527" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76028482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10261527" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76028482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10261527" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76028482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10261527" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76028482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10261527" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76028482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10261527" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76028482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10261527" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76028482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10261527" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76028482" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97301603">
+  <w:abstractNum w:abstractNumId="45076231">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="42355276">
+    <w:lvl w:ilvl="0" w:tplc="31032095">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18346,55 +18366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97301603">
-    <w:abstractNumId w:val="97301603"/>
+  <w:num w:numId="45076231">
+    <w:abstractNumId w:val="45076231"/>
   </w:num>
-  <w:num w:numId="97301604">
-    <w:abstractNumId w:val="97301604"/>
+  <w:num w:numId="45076232">
+    <w:abstractNumId w:val="45076232"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -29944,51 +29964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId276678468" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId466079034" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7484691cc4f209d9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId9241691cc4f21440e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId5395691cc4f2144a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId3932691cc4f21453d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId4127691cc4f21463f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId2586691cc4f2146f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId8144691cc4f21478c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId5874691cc4f214840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId4133691cc4f2148f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId3345691cc4f214966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId5868691cc4f214a18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId8272691cc4f214a89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId3835691cc4f214b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId5567691cc4f214c2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId7880691cc4f214da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId1060691cc4f214e17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId6270691cc4f214eaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId6485691cc4f214f59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId5675691cc4f215045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId1559691cc4f2150f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId4849691cc4f2151a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId2132691cc4f215233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId9609691cc4f2152a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId5801691cc4f215333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId2360691cc4f2153c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId8078691cc4f215471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId8093691cc4f2154e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId9742691cc4f215576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId9108691cc4f2155f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId4797691cc4f2156b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2804691cc4f2136eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2804691cc4f2136eb.jpg"/><Relationship Id="rId5922691cc4f215798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5922691cc4f215798.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId816217863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId634868609" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId92706939e8031335c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId36826939e80319c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId27246939e80319d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId21656939e80319da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId69756939e80319e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId59706939e80319f4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId84806939e80319fdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId31286939e8031a071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId86326939e8031a122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId40776939e8031a192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId91346939e8031a244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId64646939e8031a2b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId39846939e8031a368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId74366939e8031a41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId54466939e8031a566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId58896939e8031a5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId73696939e8031a68d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId88116939e8031a741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId19246939e8031a831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId81346939e8031a8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId27216939e8031a994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId18026939e8031aa25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId58306939e8031aa99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId27056939e8031ab2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId65786939e8031abbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId17686939e8031ac70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId49736939e8031ace2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId83196939e8031ad77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId56376939e8031adec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId96856939e8031aead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId48726939e80318f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48726939e80318f3a.jpg"/><Relationship Id="rId58356939e8031af54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58356939e8031af54.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>