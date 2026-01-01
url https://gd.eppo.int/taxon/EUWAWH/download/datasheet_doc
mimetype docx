--- v3 (2025-12-10)
+++ v4 (2026-01-01)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Schedl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> polyphagous shot-hole borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92706939e8031335c" w:history="1">
+            <w:hyperlink r:id="rId26516956b240548d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -12921,63 +12921,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). In Poland, Italy, Erfurt (Germany) and the Netherlands, the eradication of the plants (or infested part of the plants) resulted in the successful eradication of the beetles, whereas the eradication process in Berlin is reported to be still in progress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89163544" name="name73106939e80318f3e" descr="EUWAWH_distribution_map.jpg"/>
+            <wp:docPr id="87096510" name="name83626956b2405b0a5" descr="EUWAWH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUWAWH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48726939e80318f3a" cstate="print"/>
+                    <a:blip r:embed="rId22056956b2405b0a2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14441,51 +14441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 976–1017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36826939e80319c7b" w:history="1">
+      <w:hyperlink r:id="rId70336956b2405c027" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1967.12018485</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14531,51 +14531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4242), 894–896. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27246939e80319d16" w:history="1">
+      <w:hyperlink r:id="rId67296956b2405c0ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/science.1273573</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14621,51 +14621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 454–455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21656939e80319da8" w:history="1">
+      <w:hyperlink r:id="rId67866956b2405c183" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/62.2.454</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14769,51 +14769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69756939e80319e98" w:history="1">
+      <w:hyperlink r:id="rId69506956b2405c279" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14879,51 +14879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59706939e80319f4c" w:history="1">
+      <w:hyperlink r:id="rId47406956b2405c32e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14969,51 +14969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3957. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84806939e80319fdd" w:history="1">
+      <w:hyperlink r:id="rId52316956b2405c3be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15059,51 +15059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 223–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31286939e8031a071" w:history="1">
+      <w:hyperlink r:id="rId25456956b2405c453" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15169,51 +15169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86326939e8031a122" w:history="1">
+      <w:hyperlink r:id="rId78026956b2405c505" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15239,51 +15239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40776939e8031a192" w:history="1">
+      <w:hyperlink r:id="rId43256956b2405c577" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15349,51 +15349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91346939e8031a244" w:history="1">
+      <w:hyperlink r:id="rId68206956b2405c627" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15419,51 +15419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64646939e8031a2b6" w:history="1">
+      <w:hyperlink r:id="rId81476956b2405c699" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15529,51 +15529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–4), 67–72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39846939e8031a368" w:history="1">
+      <w:hyperlink r:id="rId73286956b2405c74c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.1974.tb01827.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15639,51 +15639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74366939e8031a41a" w:history="1">
+      <w:hyperlink r:id="rId25926956b2405c7fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15845,51 +15845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54466939e8031a566" w:history="1">
+      <w:hyperlink r:id="rId17446956b2405c948" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15915,51 +15915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">768</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 19–68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58896939e8031a5f4" w:history="1">
+      <w:hyperlink r:id="rId92376956b2405c9ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.768.24697</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16005,51 +16005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73696939e8031a68d" w:history="1">
+      <w:hyperlink r:id="rId98866956b2405ca4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/isd/ixy018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16115,51 +16115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88116939e8031a741" w:history="1">
+      <w:hyperlink r:id="rId87296956b2405cafc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16263,51 +16263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19246939e8031a831" w:history="1">
+      <w:hyperlink r:id="rId54926956b2405cbf9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16373,51 +16373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 980-987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81346939e8031a8e3" w:history="1">
+      <w:hyperlink r:id="rId38786956b2405ccbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16483,51 +16483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27216939e8031a994" w:history="1">
+      <w:hyperlink r:id="rId31286956b2405cd71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16573,51 +16573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18026939e8031aa25" w:history="1">
+      <w:hyperlink r:id="rId59676956b2405ce03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16643,51 +16643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58306939e8031aa99" w:history="1">
+      <w:hyperlink r:id="rId22276956b2405ce76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16733,51 +16733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27056939e8031ab2c" w:history="1">
+      <w:hyperlink r:id="rId58496956b2405cf07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16823,51 +16823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299–307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65786939e8031abbf" w:history="1">
+      <w:hyperlink r:id="rId43186956b2405cf9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16933,51 +16933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17686939e8031ac70" w:history="1">
+      <w:hyperlink r:id="rId53626956b2405d04b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17003,51 +17003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49736939e8031ace2" w:history="1">
+      <w:hyperlink r:id="rId77806956b2405d0bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17093,51 +17093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 366–375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83196939e8031ad77" w:history="1">
+      <w:hyperlink r:id="rId15406956b2405d152" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -17163,51 +17163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56376939e8031adec" w:history="1">
+      <w:hyperlink r:id="rId12156956b2405d1c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17251,73 +17251,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96856939e8031aead" w:history="1">
+      <w:hyperlink r:id="rId58046956b2405d282" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17330,63 +17330,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="42382241" name="name71896939e8031af55" descr="eu_funding_250.png"/>
+            <wp:docPr id="62707370" name="name86586956b2405d6b5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId58356939e8031af54" cstate="print"/>
+                    <a:blip r:embed="rId62486956b2405d6b3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17484,137 +17484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="45076232">
+  <w:abstractNum w:abstractNumId="21773744">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76028482">
+    <w:lvl w:ilvl="0" w:tplc="60213946">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76028482" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="60213946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76028482" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="60213946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76028482" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="60213946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76028482" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="60213946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76028482" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="60213946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76028482" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="60213946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76028482" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="60213946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76028482" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="60213946" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="45076231">
+  <w:abstractNum w:abstractNumId="21773743">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31032095">
+    <w:lvl w:ilvl="0" w:tplc="24230585">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18366,55 +18366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="45076231">
-    <w:abstractNumId w:val="45076231"/>
+  <w:num w:numId="21773743">
+    <w:abstractNumId w:val="21773743"/>
   </w:num>
-  <w:num w:numId="45076232">
-    <w:abstractNumId w:val="45076232"/>
+  <w:num w:numId="21773744">
+    <w:abstractNumId w:val="21773744"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -29964,51 +29964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId816217863" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId634868609" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId92706939e8031335c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId36826939e80319c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId27246939e80319d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId21656939e80319da8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId69756939e80319e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId59706939e80319f4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId84806939e80319fdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId31286939e8031a071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId86326939e8031a122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId40776939e8031a192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId91346939e8031a244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId64646939e8031a2b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId39846939e8031a368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId74366939e8031a41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId54466939e8031a566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId58896939e8031a5f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId73696939e8031a68d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId88116939e8031a741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId19246939e8031a831" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId81346939e8031a8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId27216939e8031a994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId18026939e8031aa25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId58306939e8031aa99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId27056939e8031ab2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId65786939e8031abbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId17686939e8031ac70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId49736939e8031ace2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId83196939e8031ad77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId56376939e8031adec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId96856939e8031aead" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId48726939e80318f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48726939e80318f3a.jpg"/><Relationship Id="rId58356939e8031af54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58356939e8031af54.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665299502" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId873430762" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId26516956b240548d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId70336956b2405c027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId67296956b2405c0ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId67866956b2405c183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId69506956b2405c279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId47406956b2405c32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId52316956b2405c3be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId25456956b2405c453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId78026956b2405c505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId43256956b2405c577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId68206956b2405c627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId81476956b2405c699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId73286956b2405c74c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId25926956b2405c7fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId17446956b2405c948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId92376956b2405c9ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId98866956b2405ca4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId87296956b2405cafc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId54926956b2405cbf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId38786956b2405ccbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId31286956b2405cd71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId59676956b2405ce03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId22276956b2405ce76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId58496956b2405cf07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId43186956b2405cf9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId53626956b2405d04b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId77806956b2405d0bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId15406956b2405d152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId12156956b2405d1c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId58046956b2405d282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22056956b2405b0a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22056956b2405b0a2.jpg"/><Relationship Id="rId62486956b2405d6b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62486956b2405d6b3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>