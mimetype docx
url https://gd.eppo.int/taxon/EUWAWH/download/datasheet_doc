--- v4 (2026-01-01)
+++ v5 (2026-01-23)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Schedl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> polyphagous shot-hole borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId26516956b240548d0" w:history="1">
+            <w:hyperlink r:id="rId102069733ea6443ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -12921,63 +12921,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). In Poland, Italy, Erfurt (Germany) and the Netherlands, the eradication of the plants (or infested part of the plants) resulted in the successful eradication of the beetles, whereas the eradication process in Berlin is reported to be still in progress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="87096510" name="name83626956b2405b0a5" descr="EUWAWH_distribution_map.jpg"/>
+            <wp:docPr id="31034986" name="name563669733ea64a6c7" descr="EUWAWH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUWAWH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22056956b2405b0a2" cstate="print"/>
+                    <a:blip r:embed="rId943169733ea64a6c3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14441,51 +14441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 976–1017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70336956b2405c027" w:history="1">
+      <w:hyperlink r:id="rId156269733ea64b324" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1967.12018485</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14531,51 +14531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4242), 894–896. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67296956b2405c0ed" w:history="1">
+      <w:hyperlink r:id="rId708169733ea64b3c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/science.1273573</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14621,51 +14621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 454–455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67866956b2405c183" w:history="1">
+      <w:hyperlink r:id="rId106469733ea64b454" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/62.2.454</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14769,51 +14769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69506956b2405c279" w:history="1">
+      <w:hyperlink r:id="rId362769733ea64b54d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14879,51 +14879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47406956b2405c32e" w:history="1">
+      <w:hyperlink r:id="rId823669733ea64b600" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14969,51 +14969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3957. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52316956b2405c3be" w:history="1">
+      <w:hyperlink r:id="rId878469733ea64b6d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15059,51 +15059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 223–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25456956b2405c453" w:history="1">
+      <w:hyperlink r:id="rId372369733ea64b770" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15169,51 +15169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78026956b2405c505" w:history="1">
+      <w:hyperlink r:id="rId793169733ea64b822" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15239,51 +15239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43256956b2405c577" w:history="1">
+      <w:hyperlink r:id="rId447069733ea64b8aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15349,51 +15349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68206956b2405c627" w:history="1">
+      <w:hyperlink r:id="rId183469733ea64b95b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15419,51 +15419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81476956b2405c699" w:history="1">
+      <w:hyperlink r:id="rId695069733ea64b9cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15529,51 +15529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–4), 67–72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73286956b2405c74c" w:history="1">
+      <w:hyperlink r:id="rId672369733ea64ba7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.1974.tb01827.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15639,51 +15639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25926956b2405c7fe" w:history="1">
+      <w:hyperlink r:id="rId558769733ea64bb2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15845,51 +15845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17446956b2405c948" w:history="1">
+      <w:hyperlink r:id="rId235069733ea64bc71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15915,51 +15915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">768</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 19–68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92376956b2405c9ba" w:history="1">
+      <w:hyperlink r:id="rId654269733ea64bce4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.768.24697</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16005,51 +16005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98866956b2405ca4c" w:history="1">
+      <w:hyperlink r:id="rId300269733ea64bd7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/isd/ixy018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16115,51 +16115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87296956b2405cafc" w:history="1">
+      <w:hyperlink r:id="rId113469733ea64be33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16263,51 +16263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54926956b2405cbf9" w:history="1">
+      <w:hyperlink r:id="rId990369733ea64bf22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16373,51 +16373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 980-987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38786956b2405ccbd" w:history="1">
+      <w:hyperlink r:id="rId919169733ea64bfd1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16483,51 +16483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31286956b2405cd71" w:history="1">
+      <w:hyperlink r:id="rId540669733ea64c07f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16573,51 +16573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59676956b2405ce03" w:history="1">
+      <w:hyperlink r:id="rId603769733ea64c10f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16643,51 +16643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22276956b2405ce76" w:history="1">
+      <w:hyperlink r:id="rId358369733ea64c180" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16733,51 +16733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58496956b2405cf07" w:history="1">
+      <w:hyperlink r:id="rId149269733ea64c210" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16823,51 +16823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299–307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43186956b2405cf9a" w:history="1">
+      <w:hyperlink r:id="rId275769733ea64c2b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16933,51 +16933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53626956b2405d04b" w:history="1">
+      <w:hyperlink r:id="rId905669733ea64c36a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17003,51 +17003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77806956b2405d0bd" w:history="1">
+      <w:hyperlink r:id="rId493969733ea64c3de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17093,51 +17093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 366–375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15406956b2405d152" w:history="1">
+      <w:hyperlink r:id="rId798769733ea64c470" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -17163,51 +17163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12156956b2405d1c8" w:history="1">
+      <w:hyperlink r:id="rId425869733ea64c4e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17273,51 +17273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58046956b2405d282" w:history="1">
+      <w:hyperlink r:id="rId287569733ea64c59e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17330,63 +17330,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62707370" name="name86586956b2405d6b5" descr="eu_funding_250.png"/>
+            <wp:docPr id="60743996" name="name757869733ea64c675" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62486956b2405d6b3" cstate="print"/>
+                    <a:blip r:embed="rId218469733ea64c674" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17484,137 +17484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="21773744">
+  <w:abstractNum w:abstractNumId="85176269">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60213946">
+    <w:lvl w:ilvl="0" w:tplc="13065867">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="60213946" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13065867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="60213946" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13065867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="60213946" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13065867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="60213946" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13065867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="60213946" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13065867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="60213946" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13065867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="60213946" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13065867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="60213946" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13065867" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21773743">
+  <w:abstractNum w:abstractNumId="85176268">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="24230585">
+    <w:lvl w:ilvl="0" w:tplc="29368371">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18366,55 +18366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="21773743">
-    <w:abstractNumId w:val="21773743"/>
+  <w:num w:numId="85176268">
+    <w:abstractNumId w:val="85176268"/>
   </w:num>
-  <w:num w:numId="21773744">
-    <w:abstractNumId w:val="21773744"/>
+  <w:num w:numId="85176269">
+    <w:abstractNumId w:val="85176269"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -29964,51 +29964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId665299502" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId873430762" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId26516956b240548d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId70336956b2405c027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId67296956b2405c0ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId67866956b2405c183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId69506956b2405c279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId47406956b2405c32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId52316956b2405c3be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId25456956b2405c453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId78026956b2405c505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId43256956b2405c577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId68206956b2405c627" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId81476956b2405c699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId73286956b2405c74c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId25926956b2405c7fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId17446956b2405c948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId92376956b2405c9ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId98866956b2405ca4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId87296956b2405cafc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId54926956b2405cbf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId38786956b2405ccbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId31286956b2405cd71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId59676956b2405ce03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId22276956b2405ce76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId58496956b2405cf07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId43186956b2405cf9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId53626956b2405d04b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId77806956b2405d0bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId15406956b2405d152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId12156956b2405d1c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId58046956b2405d282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId22056956b2405b0a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22056956b2405b0a2.jpg"/><Relationship Id="rId62486956b2405d6b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62486956b2405d6b3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId412816005" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId703175602" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId102069733ea6443ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId156269733ea64b324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId708169733ea64b3c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId106469733ea64b454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId362769733ea64b54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId823669733ea64b600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId878469733ea64b6d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId372369733ea64b770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId793169733ea64b822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId447069733ea64b8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId183469733ea64b95b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId695069733ea64b9cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId672369733ea64ba7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId558769733ea64bb2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId235069733ea64bc71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId654269733ea64bce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId300269733ea64bd7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId113469733ea64be33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId990369733ea64bf22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId919169733ea64bfd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId540669733ea64c07f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId603769733ea64c10f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId358369733ea64c180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId149269733ea64c210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId275769733ea64c2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId905669733ea64c36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId493969733ea64c3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId798769733ea64c470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId425869733ea64c4e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId287569733ea64c59e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId943169733ea64a6c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId943169733ea64a6c3.jpg"/><Relationship Id="rId218469733ea64c674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId218469733ea64c674.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>