--- v5 (2026-01-23)
+++ v6 (2026-03-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Schedl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> polyphagous shot-hole borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId102069733ea6443ce" w:history="1">
+            <w:hyperlink r:id="rId138269a812d7ab982" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2654,51 +2654,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brugmansia x candida</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Buddleia saligna</w:t>
+        <w:t xml:space="preserve">Buddleja saligna</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bunchosia armeniaca</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -12921,63 +12921,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). In Poland, Italy, Erfurt (Germany) and the Netherlands, the eradication of the plants (or infested part of the plants) resulted in the successful eradication of the beetles, whereas the eradication process in Berlin is reported to be still in progress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31034986" name="name563669733ea64a6c7" descr="EUWAWH_distribution_map.jpg"/>
+            <wp:docPr id="86333090" name="name751569a812d7b165e" descr="EUWAWH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUWAWH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId943169733ea64a6c3" cstate="print"/>
+                    <a:blip r:embed="rId546469a812d7b1658" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14441,51 +14441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 976–1017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId156269733ea64b324" w:history="1">
+      <w:hyperlink r:id="rId165969a812d7b232c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1967.12018485</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14531,51 +14531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4242), 894–896. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId708169733ea64b3c0" w:history="1">
+      <w:hyperlink r:id="rId523569a812d7b23c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/science.1273573</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14621,51 +14621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 454–455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId106469733ea64b454" w:history="1">
+      <w:hyperlink r:id="rId873669a812d7b2459" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/62.2.454</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14769,51 +14769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362769733ea64b54d" w:history="1">
+      <w:hyperlink r:id="rId909569a812d7b2547" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14879,51 +14879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823669733ea64b600" w:history="1">
+      <w:hyperlink r:id="rId709069a812d7b25f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14969,51 +14969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3957. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId878469733ea64b6d8" w:history="1">
+      <w:hyperlink r:id="rId779569a812d7b2688" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15059,51 +15059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 223–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId372369733ea64b770" w:history="1">
+      <w:hyperlink r:id="rId586669a812d7b2728" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15169,51 +15169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId793169733ea64b822" w:history="1">
+      <w:hyperlink r:id="rId361369a812d7b27da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15239,51 +15239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447069733ea64b8aa" w:history="1">
+      <w:hyperlink r:id="rId930269a812d7b284c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15349,51 +15349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183469733ea64b95b" w:history="1">
+      <w:hyperlink r:id="rId993369a812d7b28fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15419,51 +15419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695069733ea64b9cd" w:history="1">
+      <w:hyperlink r:id="rId623469a812d7b296e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15529,51 +15529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–4), 67–72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId672369733ea64ba7c" w:history="1">
+      <w:hyperlink r:id="rId713969a812d7b2a1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.1974.tb01827.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15639,51 +15639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId558769733ea64bb2a" w:history="1">
+      <w:hyperlink r:id="rId206569a812d7b2ad6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15845,51 +15845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235069733ea64bc71" w:history="1">
+      <w:hyperlink r:id="rId513769a812d7b2c3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15915,51 +15915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">768</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 19–68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654269733ea64bce4" w:history="1">
+      <w:hyperlink r:id="rId288369a812d7b2cad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.768.24697</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16005,51 +16005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId300269733ea64bd7f" w:history="1">
+      <w:hyperlink r:id="rId678269a812d7b2d3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/isd/ixy018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16115,51 +16115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113469733ea64be33" w:history="1">
+      <w:hyperlink r:id="rId542469a812d7b2dfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16263,51 +16263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990369733ea64bf22" w:history="1">
+      <w:hyperlink r:id="rId781769a812d7b2eee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16373,51 +16373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 980-987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919169733ea64bfd1" w:history="1">
+      <w:hyperlink r:id="rId362769a812d7b2f9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16483,51 +16483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId540669733ea64c07f" w:history="1">
+      <w:hyperlink r:id="rId873369a812d7b3051" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16573,51 +16573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId603769733ea64c10f" w:history="1">
+      <w:hyperlink r:id="rId633469a812d7b30e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16643,51 +16643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId358369733ea64c180" w:history="1">
+      <w:hyperlink r:id="rId248969a812d7b3155" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16733,51 +16733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149269733ea64c210" w:history="1">
+      <w:hyperlink r:id="rId661069a812d7b3206" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16823,51 +16823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299–307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId275769733ea64c2b7" w:history="1">
+      <w:hyperlink r:id="rId532169a812d7b32db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16933,51 +16933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId905669733ea64c36a" w:history="1">
+      <w:hyperlink r:id="rId518269a812d7b3391" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17003,51 +17003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493969733ea64c3de" w:history="1">
+      <w:hyperlink r:id="rId822869a812d7b3406" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17093,51 +17093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 366–375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId798769733ea64c470" w:history="1">
+      <w:hyperlink r:id="rId904769a812d7b3499" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -17163,51 +17163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId425869733ea64c4e6" w:history="1">
+      <w:hyperlink r:id="rId853269a812d7b350f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17273,51 +17273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId287569733ea64c59e" w:history="1">
+      <w:hyperlink r:id="rId761669a812d7b35c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17330,63 +17330,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="60743996" name="name757869733ea64c675" descr="eu_funding_250.png"/>
+            <wp:docPr id="87611695" name="name852469a812d7b367e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId218469733ea64c674" cstate="print"/>
+                    <a:blip r:embed="rId771269a812d7b367d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17484,137 +17484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85176269">
+  <w:abstractNum w:abstractNumId="12248684">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13065867">
+    <w:lvl w:ilvl="0" w:tplc="19376297">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13065867" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="19376297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13065867" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="19376297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13065867" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="19376297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13065867" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="19376297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13065867" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="19376297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13065867" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="19376297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13065867" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="19376297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13065867" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="19376297" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85176268">
+  <w:abstractNum w:abstractNumId="12248683">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="29368371">
+    <w:lvl w:ilvl="0" w:tplc="60590282">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18366,55 +18366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85176268">
-    <w:abstractNumId w:val="85176268"/>
+  <w:num w:numId="12248683">
+    <w:abstractNumId w:val="12248683"/>
   </w:num>
-  <w:num w:numId="85176269">
-    <w:abstractNumId w:val="85176269"/>
+  <w:num w:numId="12248684">
+    <w:abstractNumId w:val="12248684"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -29964,51 +29964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId412816005" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId703175602" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId102069733ea6443ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId156269733ea64b324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId708169733ea64b3c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId106469733ea64b454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId362769733ea64b54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId823669733ea64b600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId878469733ea64b6d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId372369733ea64b770" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId793169733ea64b822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId447069733ea64b8aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId183469733ea64b95b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId695069733ea64b9cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId672369733ea64ba7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId558769733ea64bb2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId235069733ea64bc71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId654269733ea64bce4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId300269733ea64bd7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId113469733ea64be33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId990369733ea64bf22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId919169733ea64bfd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId540669733ea64c07f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId603769733ea64c10f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId358369733ea64c180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId149269733ea64c210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId275769733ea64c2b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId905669733ea64c36a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId493969733ea64c3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId798769733ea64c470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId425869733ea64c4e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId287569733ea64c59e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId943169733ea64a6c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId943169733ea64a6c3.jpg"/><Relationship Id="rId218469733ea64c674" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId218469733ea64c674.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId683652054" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId336302099" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId138269a812d7ab982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId165969a812d7b232c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId523569a812d7b23c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId873669a812d7b2459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId909569a812d7b2547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId709069a812d7b25f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId779569a812d7b2688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId586669a812d7b2728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId361369a812d7b27da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId930269a812d7b284c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId993369a812d7b28fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId623469a812d7b296e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId713969a812d7b2a1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId206569a812d7b2ad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId513769a812d7b2c3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId288369a812d7b2cad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId678269a812d7b2d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId542469a812d7b2dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId781769a812d7b2eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId362769a812d7b2f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId873369a812d7b3051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId633469a812d7b30e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId248969a812d7b3155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId661069a812d7b3206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId532169a812d7b32db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId518269a812d7b3391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId822869a812d7b3406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId904769a812d7b3499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId853269a812d7b350f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId761669a812d7b35c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId546469a812d7b1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId546469a812d7b1658.jpg"/><Relationship Id="rId771269a812d7b367d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId771269a812d7b367d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>