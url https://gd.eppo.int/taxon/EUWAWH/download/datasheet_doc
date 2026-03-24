--- v6 (2026-03-04)
+++ v7 (2026-03-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Schedl</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> polyphagous shot-hole borer</w:t>
             </w:r>
-            <w:hyperlink r:id="rId138269a812d7ab982" w:history="1">
+            <w:hyperlink r:id="rId658569c28c9c76213" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -2814,70 +2814,50 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calliandra surinamensis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Callistemon salignus</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Calodendrum capense</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Calpurnia aurea</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -8155,50 +8135,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mangifera indica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Manihot esculenta</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Melaleuca lophantha</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Melaleuca quinquenervia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -12921,63 +12921,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2023). In Poland, Italy, Erfurt (Germany) and the Netherlands, the eradication of the plants (or infested part of the plants) resulted in the successful eradication of the beetles, whereas the eradication process in Berlin is reported to be still in progress.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86333090" name="name751569a812d7b165e" descr="EUWAWH_distribution_map.jpg"/>
+            <wp:docPr id="16198622" name="name903669c28c9c7bd78" descr="EUWAWH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUWAWH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId546469a812d7b1658" cstate="print"/>
+                    <a:blip r:embed="rId253169c28c9c7bd73" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14441,51 +14441,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 976–1017. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165969a812d7b232c" w:history="1">
+      <w:hyperlink r:id="rId328769c28c9c7ca7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00275514.1967.12018485</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14531,51 +14531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">192</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4242), 894–896. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523569a812d7b23c6" w:history="1">
+      <w:hyperlink r:id="rId941369c28c9c7cb18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1126/science.1273573</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14621,51 +14621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 454–455. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId873669a812d7b2459" w:history="1">
+      <w:hyperlink r:id="rId383869c28c9c7cbac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/62.2.454</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14769,51 +14769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5325</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 289–297. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909569a812d7b2547" w:history="1">
+      <w:hyperlink r:id="rId882969c28c9c7cc9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.5325.2.10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14879,51 +14879,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">49</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1155-1163. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709069a812d7b25f8" w:history="1">
+      <w:hyperlink r:id="rId396369c28c9c7cd4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/ee/nvaa103</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14969,51 +14969,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3957. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId779569a812d7b2688" w:history="1">
+      <w:hyperlink r:id="rId705569c28c9c7cdde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15059,51 +15059,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 223–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId586669a812d7b2728" w:history="1">
+      <w:hyperlink r:id="rId427669c28c9c7ce70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12155</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15169,51 +15169,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e3656. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361369a812d7b27da" w:history="1">
+      <w:hyperlink r:id="rId979869c28c9c7cf1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.3656</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15239,51 +15239,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fusarium euwallaceae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (revised version), 8 pp. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId930269a812d7b284c" w:history="1">
+      <w:hyperlink r:id="rId562969c28c9c7cf90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15349,51 +15349,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1070. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId993369a812d7b28fc" w:history="1">
+      <w:hyperlink r:id="rId393069c28c9c7d05c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-12-0276-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15419,51 +15419,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 938–951. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623469a812d7b296e" w:history="1">
+      <w:hyperlink r:id="rId788769c28c9c7d0d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-12-1026-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15529,51 +15529,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–4), 67–72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId713969a812d7b2a1c" w:history="1">
+      <w:hyperlink r:id="rId698469c28c9c7d182" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0418.1974.tb01827.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15639,51 +15639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1595–1606. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206569a812d7b2ad6" w:history="1">
+      <w:hyperlink r:id="rId991069c28c9c7d231" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3852/13-066</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15845,51 +15845,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 338–340. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513769a812d7b2c3a" w:history="1">
+      <w:hyperlink r:id="rId756669c28c9c7d38e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.aspen.2019.01.013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -15915,51 +15915,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">768</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 19–68. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288369a812d7b2cad" w:history="1">
+      <w:hyperlink r:id="rId142869c28c9c7d402" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3897/zookeys.768.24697</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16005,51 +16005,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId678269a812d7b2d3f" w:history="1">
+      <w:hyperlink r:id="rId893869c28c9c7d493" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/isd/ixy018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16115,51 +16115,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1267-1273. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId542469a812d7b2dfa" w:history="1">
+      <w:hyperlink r:id="rId716469c28c9c7d543" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toy423</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16263,51 +16263,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1852–1859. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781769a812d7b2eee" w:history="1">
+      <w:hyperlink r:id="rId343369c28c9c7d632" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/tov169</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16373,51 +16373,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">113</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 980-987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId362769a812d7b2f9f" w:history="1">
+      <w:hyperlink r:id="rId134469c28c9c7d6e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/jee/toz311</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16483,51 +16483,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 235–238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId873369a812d7b3051" w:history="1">
+      <w:hyperlink r:id="rId346969c28c9c7d791" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-012-0223-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16573,51 +16573,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 231–237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId633469a812d7b30e2" w:history="1">
+      <w:hyperlink r:id="rId403969c28c9c7d820" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-018-0545-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16643,51 +16643,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11/12), 10–13. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId248969a812d7b3155" w:history="1">
+      <w:hyperlink r:id="rId943269c28c9c7d893" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17159/sajs.2020/8757</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16733,51 +16733,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e9987. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661069a812d7b3206" w:history="1">
+      <w:hyperlink r:id="rId733369c28c9c7d923" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.7717/peerj.9987</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16823,51 +16823,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 299–307. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532169a812d7b32db" w:history="1">
+      <w:hyperlink r:id="rId130269c28c9c7d9b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10530-022-02929-w</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16933,51 +16933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(261), 1–11. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518269a812d7b3391" w:history="1">
+      <w:hyperlink r:id="rId516169c28c9c7da64" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/insects10090261</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17003,51 +17003,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and other economically important bark and ambrosia beetles. In FE Vega &amp; RW Hofstetter (eds.) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Bark Beetles: Biology and Ecology of Native and Invasive Species</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pp. 495–531). Academic Press. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId822869a812d7b3406" w:history="1">
+      <w:hyperlink r:id="rId813669c28c9c7dad5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/B978-0-12-417156-5.00012-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17093,51 +17093,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 366–375. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId904769a812d7b3499" w:history="1">
+      <w:hyperlink r:id="rId393569c28c9c7db78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/afe.12215</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
@@ -17163,51 +17163,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853269a812d7b350f" w:history="1">
+      <w:hyperlink r:id="rId770869c28c9c7dbf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17273,51 +17273,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Euwallacea fornicatus sensu stricto</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761669a812d7b35c9" w:history="1">
+      <w:hyperlink r:id="rId684469c28c9c7dca8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -17330,63 +17330,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2024. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="87611695" name="name852469a812d7b367e" descr="eu_funding_250.png"/>
+            <wp:docPr id="28810903" name="name921369c28c9c7dd80" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId771269a812d7b367d" cstate="print"/>
+                    <a:blip r:embed="rId581369c28c9c7dd7f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -17484,137 +17484,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12248684">
+  <w:abstractNum w:abstractNumId="36120178">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19376297">
+    <w:lvl w:ilvl="0" w:tplc="84437073">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19376297" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84437073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19376297" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84437073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19376297" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84437073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19376297" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84437073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19376297" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84437073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19376297" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84437073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19376297" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84437073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19376297" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84437073" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12248683">
+  <w:abstractNum w:abstractNumId="36120177">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="60590282">
+    <w:lvl w:ilvl="0" w:tplc="41727050">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -18366,55 +18366,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12248683">
-    <w:abstractNumId w:val="12248683"/>
+  <w:num w:numId="36120177">
+    <w:abstractNumId w:val="36120177"/>
   </w:num>
-  <w:num w:numId="12248684">
-    <w:abstractNumId w:val="12248684"/>
+  <w:num w:numId="36120178">
+    <w:abstractNumId w:val="36120178"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -29964,51 +29964,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId683652054" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId336302099" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId138269a812d7ab982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId165969a812d7b232c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId523569a812d7b23c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId873669a812d7b2459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId909569a812d7b2547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId709069a812d7b25f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId779569a812d7b2688" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId586669a812d7b2728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId361369a812d7b27da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId930269a812d7b284c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId993369a812d7b28fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId623469a812d7b296e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId713969a812d7b2a1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId206569a812d7b2ad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId513769a812d7b2c3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId288369a812d7b2cad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId678269a812d7b2d3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId542469a812d7b2dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId781769a812d7b2eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId362769a812d7b2f9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId873369a812d7b3051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId633469a812d7b30e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId248969a812d7b3155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId661069a812d7b3206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId532169a812d7b32db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId518269a812d7b3391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId822869a812d7b3406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId904769a812d7b3499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId853269a812d7b350f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId761669a812d7b35c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId546469a812d7b1658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId546469a812d7b1658.jpg"/><Relationship Id="rId771269a812d7b367d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId771269a812d7b367d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId122943487" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId226644428" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId658569c28c9c76213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUWAWH/" TargetMode="External"/><Relationship Id="rId328769c28c9c7ca7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00275514.1967.12018485" TargetMode="External"/><Relationship Id="rId941369c28c9c7cb18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1126/science.1273573" TargetMode="External"/><Relationship Id="rId383869c28c9c7cbac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/62.2.454" TargetMode="External"/><Relationship Id="rId882969c28c9c7cc9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.5325.2.10" TargetMode="External"/><Relationship Id="rId396369c28c9c7cd4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/ee/nvaa103" TargetMode="External"/><Relationship Id="rId705569c28c9c7cdde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3957" TargetMode="External"/><Relationship Id="rId427669c28c9c7ce70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12155" TargetMode="External"/><Relationship Id="rId979869c28c9c7cf1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.3656" TargetMode="External"/><Relationship Id="rId562969c28c9c7cf90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pra.eppo.int/pra/4880c445-9ca7-485a-9e3a-edde73e472fa" TargetMode="External"/><Relationship Id="rId393069c28c9c7d05c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-12-0276-PDN" TargetMode="External"/><Relationship Id="rId788769c28c9c7d0d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-12-1026-RE" TargetMode="External"/><Relationship Id="rId698469c28c9c7d182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0418.1974.tb01827.x" TargetMode="External"/><Relationship Id="rId991069c28c9c7d231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3852/13-066" TargetMode="External"/><Relationship Id="rId756669c28c9c7d38e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.aspen.2019.01.013" TargetMode="External"/><Relationship Id="rId142869c28c9c7d402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3897/zookeys.768.24697" TargetMode="External"/><Relationship Id="rId893869c28c9c7d493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/isd/ixy018" TargetMode="External"/><Relationship Id="rId716469c28c9c7d543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toy423" TargetMode="External"/><Relationship Id="rId343369c28c9c7d632" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/tov169" TargetMode="External"/><Relationship Id="rId134469c28c9c7d6e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/jee/toz311" TargetMode="External"/><Relationship Id="rId346969c28c9c7d791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-012-0223-7" TargetMode="External"/><Relationship Id="rId403969c28c9c7d820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-018-0545-0" TargetMode="External"/><Relationship Id="rId943269c28c9c7d893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17159/sajs.2020/8757" TargetMode="External"/><Relationship Id="rId733369c28c9c7d923" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.7717/peerj.9987" TargetMode="External"/><Relationship Id="rId130269c28c9c7d9b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10530-022-02929-w" TargetMode="External"/><Relationship Id="rId516169c28c9c7da64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/insects10090261" TargetMode="External"/><Relationship Id="rId813669c28c9c7dad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/B978-0-12-417156-5.00012-5" TargetMode="External"/><Relationship Id="rId393569c28c9c7db78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/afe.12215" TargetMode="External"/><Relationship Id="rId770869c28c9c7dbf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.18360453" TargetMode="External"/><Relationship Id="rId684469c28c9c7dca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId253169c28c9c7bd73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId253169c28c9c7bd73.jpg"/><Relationship Id="rId581369c28c9c7dd7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId581369c28c9c7dd7f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>