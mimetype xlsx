--- v0 (2025-10-08)
+++ v1 (2025-11-18)
@@ -12,297 +12,519 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EUTEOR" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="146">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CIDRE</t>
   </si>
   <si>
     <t>Citrus reticulata</t>
   </si>
   <si>
     <t>* Yalçin K, Döker İ, Kazak C (2022) Impact of citrus species on the biological characteristics and life table parameters of Eutetranychus orientalis (Klein)(Acari: Tetranychidae). Systematic and Applied Acarology 27(1), 107-117.</t>
   </si>
   <si>
     <t>CIDSI</t>
   </si>
   <si>
     <t>Citrus x aurantium var. sinensis</t>
   </si>
   <si>
+    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of females and immatures on this species
+* Yalçin K, Döker İ, Kazak C (2022) Impact of citrus species on the biological characteristics and life table parameters of Eutetranychus orientalis (Klein)(Acari: Tetranychidae). Systematic and Applied Acarology 27(1), 107-117.</t>
+  </si>
+  <si>
     <t>CIDLI</t>
   </si>
   <si>
     <t>Citrus x limon</t>
   </si>
   <si>
+    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of adults and immatures on this species
+* Yalçin K, Döker İ, Kazak C (2022) Impact of citrus species on the biological characteristics and life table parameters of Eutetranychus orientalis (Klein)(Acari: Tetranychidae). Systematic and Applied Acarology 27(1), 107-117.</t>
+  </si>
+  <si>
     <t>Host</t>
   </si>
   <si>
     <t>ARHHY</t>
   </si>
   <si>
     <t>Arachis hypogaea</t>
   </si>
   <si>
     <t>* Gutierrez J, Etienne J (1981) Quelques données sur les acariens Tetranychidae attaquant les plantes cultivées au Sénégal. Agronomie Tropicale 36 (4), 391-394.</t>
   </si>
   <si>
+    <t>MEIAD</t>
+  </si>
+  <si>
+    <t>Azadirachta indica</t>
+  </si>
+  <si>
+    <t>* Majeed AAS, Srinivasa N, Rajashekharappa K, Chinnamadegowda C, Rakesh HP (2023) Genetic diversity of major polyphagous spider mite species across host plants and spatial distribution. Indian Journal of Entomology 85(4), 882-891.</t>
+  </si>
+  <si>
     <t>CIAPA</t>
   </si>
   <si>
     <t>Carica papaya</t>
   </si>
   <si>
-    <t>* Drabo E, Waongo A, Traoré F, Sanon A, Auger P (2023) First discovery of Tetranychus truncatus in Africa and new records of spider mites (Prostigmata, Tetranychidae) in Burkina Faso. Acarologia 63(3), 969-977. https://doi.org/10.24349/5105-aj8l</t>
-[...5 lines deleted...]
-    <t>Citroncirus</t>
+    <t>* Drabo E, Waongo A, Traoré F, Sanon A, Auger P (2023) First discovery of Tetranychus truncatus in Africa and new records of spider mites (Prostigmata, Tetranychidae) in Burkina Faso. Acarologia 63(3), 969-977. https://doi.org/10.24349/5105-aj8l
+* Ehara S (1999) Revision of the Spider Mite Family Tetranychidae of Japan (Acari, Prostigmata). Species Diversity 4(1), 63-141.
+* Gupta SK, Gupta YN (1994) A taxonomic review of Indian Tetranychidae (Acari: Prostgmata) with description of new species and redescriptions of known species, keys to genera and species. Memoirs of the Zoological Survey of India 18, 1-196.</t>
   </si>
   <si>
     <t>CITLA</t>
   </si>
   <si>
     <t>Citrullus lanatus</t>
   </si>
   <si>
+    <t>* EPPO/CABI (1996) Eutetranychus orientalis. pp. 263-266. In: Quarantine Pests for Europe (2nd edition) – Data Sheets on quarantine pests for the European Union and for the European and Mediterranean Plant Protection Organization. CABI, Wallingford (GB), 1425 pp.</t>
+  </si>
+  <si>
     <t>1CIDG</t>
   </si>
   <si>
     <t>Citrus</t>
   </si>
   <si>
-    <t>PMITR</t>
-[...2 lines deleted...]
-    <t>Citrus trifoliata</t>
+    <t>* Afzal M, Ullah MI, Bashir MH, Mukhtar SN, Arshad M, Altaf N (2021) Diversity and abundance of mite species in citrus orchards of Sargodha, Pakistan. Punjab University Journal of Zoology 36(1), 37-46. https://dx.doi.org/10.17582/journal.pujz/2021.36.1.37.46
+* Chouikhi S, Cherif A, Sahraoui H, Grissa Lebdi K (2025) Effect of temperature on the biological and demographic parameters of two citrus pests: Eutetranychus orientalis (Klein) and Panonychus citri (McGregor) (Acarina: Tetranychidae). Acarologia 65(1), 255-264.
+* Gupta SK (1985) Plant mites of India. Zoological Survey of India: Calcutta. 520 pp.
+* Kamran M, Khan EM, Alatawi FJ (2018) The spider mites of the genus Eutetranychus Banks (Acari, Trombidiformes, Tetranychidae) from Saudi Arabia: two new species, a re-description, and a key to the world species. Zookeys 799, 47-88.
+INTERNET
+* Migeon A, Dorkeld F (2025) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 13/11/2025)</t>
+  </si>
+  <si>
+    <t>CIDDP</t>
+  </si>
+  <si>
+    <t>Citrus depressa</t>
+  </si>
+  <si>
+    <t>* Ehara S (1999) Revision of the Spider Mite Family Tetranychidae of Japan (Acari, Prostigmata). Species Diversity 4(1), 63-141.</t>
   </si>
   <si>
     <t>CIDPA</t>
   </si>
   <si>
     <t>Citrus x aurantium var. paradisi</t>
   </si>
   <si>
     <t>CDIVA</t>
   </si>
   <si>
     <t>Codiaeum variegatum</t>
   </si>
   <si>
+    <t xml:space="preserve">* EFSA (2013) Scientific Opinion on the risk to plant health posed by Eutetranychus orientalis Klein in the EU territory, with the identification and evaluation of risk reduction options. EFSA Journal 2013;11(7):3317, 81 pp. doi:10.2903/j.efsa.2013.3317
+------- one finding on Codiaeum variegatum originating from Sri Lanka in a glasshouse crop. Citing Łabanowski (2012) Nowe gatunki przędziorków w Polsce. Hasło Ogrodnicze 12, 106–107. 
+No other reference was found for this host (2025-11). </t>
+  </si>
+  <si>
     <t>CYDOB</t>
   </si>
   <si>
     <t>Cydonia oblonga</t>
   </si>
   <si>
     <t>* Marić I, Međo I, Marčić D, Petanović R, Jovanović S, Ueckermann EA (2021) Spider mites (Acari: Tetranychidae) from Serbia: new species for the country and the Balkan Peninsula, with a key to all known Serbian species. Systematic &amp; Applied Acarology 26(1): 304–316.</t>
   </si>
   <si>
-    <t>1FIUG</t>
-[...14 lines deleted...]
-    <t>Gossypium</t>
+    <t>DOSKA</t>
+  </si>
+  <si>
+    <t>Diospyros kaki</t>
+  </si>
+  <si>
+    <t>* Ben-David T, Ueckermann E, Gerson U (2013) An annotated list of the spider mites (Acari: Prostigmata: Tetranychidae) of Israel. Israel Journal of Entomology 43, 125-148.</t>
+  </si>
+  <si>
+    <t>FIUCA</t>
+  </si>
+  <si>
+    <t>Ficus carica</t>
+  </si>
+  <si>
+    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of females, males and immatures on this species</t>
+  </si>
+  <si>
+    <t>FIUMI</t>
+  </si>
+  <si>
+    <t>Ficus microcarpa</t>
+  </si>
+  <si>
+    <t>FIURE</t>
+  </si>
+  <si>
+    <t>Ficus religiosa</t>
+  </si>
+  <si>
+    <t>* Baker EW (1975) Plant-feeding mites of Thailand (Tetranychidae, Tenuipalpidae, and Tuckerellidae). Plant Protection Service Technical Bulletin, Bangkok, Thailand. No 35. 43 pp.</t>
+  </si>
+  <si>
+    <t>FIUSS</t>
+  </si>
+  <si>
+    <t>Ficus sp.</t>
+  </si>
+  <si>
+    <t>* Gupta SK, Chatterjee K (1997) Acari: plant mites. pp. 485-532. In Zoological Survey of India, State Fauna Series 6: Fauna of Delhi. 532 pp.
+INTERNET
+* Migeon A, Dorkeld F (2025) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 13/11/2025)</t>
+  </si>
+  <si>
+    <t>FIUTH</t>
+  </si>
+  <si>
+    <t>Ficus thonningii</t>
+  </si>
+  <si>
+    <t>* Meyer MKPS, Rodrigues MC (1966) Acari associated with cotton in South Africa (With reference to other plants). Garcia de Orta 13, 1-33.</t>
+  </si>
+  <si>
+    <t>GOSHE</t>
+  </si>
+  <si>
+    <t>Gossypium herbaceum</t>
+  </si>
+  <si>
+    <t>* Gupta SK, Gupta YN (1994) A taxonomic review of Indian Tetranychidae (Acari: Prostgmata) with description of new species and redescriptions of known species, keys to genera and species. Memoirs of the Zoological Survey of India 18, 1-196.</t>
+  </si>
+  <si>
+    <t>GOSHI</t>
+  </si>
+  <si>
+    <t>Gossypium hirsutum</t>
+  </si>
+  <si>
+    <t>* Chaudhri WM, Akbar S, Rasool A (1974) Taxonomic studies of the mites belonging to the families Tenuipalpidae, Tetranychidae,  Tuckerellidae, Caligonellidae, Stigmaeidae and Phytoseiidae - PL-480 Project on mites. Lyallpur, Pakistan, University of Agriculture. 250 pp.</t>
   </si>
   <si>
     <t>HELAN</t>
   </si>
   <si>
     <t>Helianthus annuus</t>
   </si>
   <si>
+    <t>* Chaudhri WM, Akbar S, Rasool A (1974) Taxonomic studies of the mites belonging to the families Tenuipalpidae, Tetranychidae, Tuckerellidae, Caligonellidae, Stigmaeidae and Phytoseiidae. Project Project No. A 17 -ENT -26 . University of Agriculture, Lyallpur, Pakistan. 250 pp.
+* Sanyal AK, Gupta SK, Sarkar BJ, Bhattacharya D (2013) Diversity and Ecology of Plant Mites and Damages Caused by them on Ornamental and Garden Plants in South Bengal. Records of the Zoological Survey of India 113(Part 3), 109-112.</t>
+  </si>
+  <si>
     <t>HVEBR</t>
   </si>
   <si>
     <t>Hevea brasiliensis</t>
   </si>
   <si>
     <t>* Liu Y, Nie Y, Chen J, Lu T, Niu L, Jia J, Ye Z, Fu Y (2022) Genetic diversity of three major spider mites damaging rubber trees. Systematic and Applied Acarology 27(10), 2025-2037.</t>
   </si>
   <si>
+    <t>HIBMU</t>
+  </si>
+  <si>
+    <t>Hibiscus mutabilis</t>
+  </si>
+  <si>
+    <t>* Sanyal AK, Gupta SK, Sarkar BJ, Bhattacharya D (2013) Diversity and Ecology of Plant Mites and Damages Caused by them on Ornamental and Garden Plants in South Bengal. Records of the Zoological Survey of India 113(Part 3), 109-112.</t>
+  </si>
+  <si>
     <t>IPOBA</t>
   </si>
   <si>
     <t>Ipomoea batatas</t>
   </si>
   <si>
+    <t>* Baker EW (1975) Plant-feeding mites of Thailand (Tetranychidae, Tenuipalpidae, and Tuckerellidae). Plant Protection Service Technical Bulletin. Bangkok, Thailand. No 35. 43 pp.
+* Poolayulla Chalil S, Kunnathattil M, Kaimal SG, Punathil T (2024) A checklist of spider mites (Acari: Tetranychidae) of India. Persian Journal of Acarology 13(1), 29-75.</t>
+  </si>
+  <si>
     <t>IUGRE</t>
   </si>
   <si>
     <t>Juglans regia</t>
   </si>
   <si>
-    <t>* Zriki G, Shaabo A, Boubou A (2015) A preliminary survey of the spider mites (Acari: Tetranychidae) in Latakia governorate of Syria. Acarologia 55(3), 303-309.</t>
+    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of females, males and immatures on this species
+* Zriki G, Shaabo A, Boubou A (2015) A preliminary survey of the spider mites (Acari: Tetranychidae) in Latakia governorate of Syria. Acarologia 55(3), 303-309.</t>
   </si>
   <si>
     <t>MABSD</t>
   </si>
   <si>
     <t>Malus domestica</t>
+  </si>
+  <si>
+    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of females, males and immatures on this species
+* Marić I, Međo I, Marčić D, Petanović R, Jovanović S, Ueckermann EA (2021) Spider mites (Acari: Tetranychidae) from Serbia: new species for the country and the Balkan Peninsula, with a key to all known Serbian species. Systematic &amp; Applied Acarology 26(1): 304–316.</t>
   </si>
   <si>
     <t>MANES</t>
   </si>
   <si>
     <t>Manihot esculenta</t>
   </si>
   <si>
     <t>* Bhaskar H, Mohan M, Gouthami D, Swathi P, Poulose A, Sreelakshmi UK, Gowda CC, Vidya CV, Mathew D (2025) A catalogue of spider mite (Prostigmata: Tetranychidae) fauna associated with agricultural ecosystems of Kerala, South India with a taxonomic key. Acarologia 65(2), 534-546.
 * Gutierrez J, Etienne J (1981) Quelques données sur les acariens Tetranychidae attaquant les plantes cultivées au Sénégal. Agronomie Tropicale 36 (4), 391-394.</t>
   </si>
   <si>
-    <t>1MORG</t>
-[...2 lines deleted...]
-    <t>Morus</t>
+    <t>MEIAZ</t>
+  </si>
+  <si>
+    <t>Melia azedarach</t>
+  </si>
+  <si>
+    <t>* Zriki G, Shaabo A, Boubou A (2015) A preliminary survey of the spider mites (Acari: Tetranychidae) in Latakia governorate of Syria. Acarologia 55, 303-309.</t>
+  </si>
+  <si>
+    <t>MORAL</t>
+  </si>
+  <si>
+    <t>Morus alba</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Gupta SK, Gupta YN (1994) A taxonomic review of Indian Tetranychidae (Acari: Prostgmata) with description of new species and redescriptions of known species, keys to genera and species. Memoirs of the Zoological Survey of India 18, 1-196.
+* Zaher MA, Gomaa EA, El-Enany MA (1982) Spider mites of Egypt (Acari: Tetranychidae). International Journal of Acarology 8(2), 91-114.
+</t>
+  </si>
+  <si>
+    <t>MORNI</t>
+  </si>
+  <si>
+    <t>Morus nigra</t>
+  </si>
+  <si>
+    <t>MUYKO</t>
+  </si>
+  <si>
+    <t>Murraya koenigii</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Bhaskar H, Mohan M, Gouthami D, Swathi P, Poulose A, Sreelakshmi UK, Gowda CC, Vidya CV, Mathew D (2025) A catalogue of spider mite (Prostigmata: Tetranychidae) fauna associated with agricultural ecosystems of Kerala, South India with a taxonomic key. Acarologia 65(2), 534-546.
+</t>
+  </si>
+  <si>
+    <t>MUYPA</t>
+  </si>
+  <si>
+    <t>Murraya paniculata</t>
   </si>
   <si>
     <t>MUBPA</t>
   </si>
   <si>
     <t>Musa x paradisiaca</t>
   </si>
   <si>
+    <t>* Lo PKC (1968) Tetranychoid mites infesting fruit plants in Taiwan. Bulletin Sun Yat-sen Cultural Foundation 2, 97-137.
+------- as Musa sapientum
+* Nassar OA, Ghai S (1981) Taxonomic studies on tetranychoid mites infesting vegetable and fruit crops in Delhi and surrounding areas. Oriental Insects 15(4), 333-396.</t>
+  </si>
+  <si>
+    <t>NEROL</t>
+  </si>
+  <si>
+    <t>Nerium oleander</t>
+  </si>
+  <si>
+    <t>* Chaudhri WM, Akbar S, Rasool A (1974) Taxonomic studies of the mites belonging to the families Tenuipalpidae, Tetranychidae, Tuckerellidae, Caligonellidae, Stigmaeidae and Phytoseiidae. Project Project No. A 17 -ENT -26 . University of Agriculture, Lyallpur, Pakistan. 250 pp.
+------- as Nerium indicum
+* Majeed AAS, Srinivasa N, Rajashekharappa K, Chinnamadegowda C, Rakesh HP (2023) Genetic diversity of major polyphagous spider mite species across host plants and spatial distribution. Indian Journal of Entomology 85(4), 882-891.
+* Sanyal AK, Gupta SK, Sarkar BJ, Bhattacharya D (2013) Diversity and Ecology of Plant Mites and Damages Caused by them on Ornamental and Garden Plants in South Bengal. Records of the Zoological Survey of India 113(Part 3), 109-112.
+------- as Nerium indicum</t>
+  </si>
+  <si>
     <t>OLVEU</t>
   </si>
   <si>
     <t>Olea europaea</t>
   </si>
   <si>
+    <t xml:space="preserve">* Beyzavi G, Ueckermann EA, Faraji F, Ostovan H (2013) A catalog of Iranian prostigmatic mites of superfamilies Raphignathoidea &amp; Tetranychoidea (Acari). Persian Journal of Acarology 2(3), 389-474. </t>
+  </si>
+  <si>
+    <t>PEBAM</t>
+  </si>
+  <si>
+    <t>Persea americana</t>
+  </si>
+  <si>
     <t>2PLAN</t>
   </si>
   <si>
     <t>plants</t>
   </si>
   <si>
+    <t>Citrus are the main hosts of Eutetranychus orientalis. However, E. orientalis has been found on many other plant species. The host list in EPPO Global Database is incomplete (2025-11).</t>
+  </si>
+  <si>
     <t>PLIRA</t>
   </si>
   <si>
     <t>Plumeria rubra f. acutifolia</t>
   </si>
   <si>
+    <t>PRNAR</t>
+  </si>
+  <si>
+    <t>Prunus armeniaca</t>
+  </si>
+  <si>
     <t>PRNCE</t>
   </si>
   <si>
     <t>Prunus cerasus</t>
   </si>
   <si>
     <t>PRNDO</t>
   </si>
   <si>
     <t>Prunus domestica</t>
   </si>
   <si>
     <t>PRNDU</t>
   </si>
   <si>
     <t>Prunus dulcis</t>
   </si>
   <si>
-    <t>* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491, https://doi.org/10.24349/acarologia/20174167.</t>
+    <t>* Ben-David T, Ueckermann E, Gerson U (2013) An annotated list of the spider mites (Acari: Prostigmata: Tetranychidae) of Israel. Israel Journal of Entomology 43, 125-148.
+* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491, https://doi.org/10.24349/acarologia/20174167.</t>
   </si>
   <si>
     <t>PRNPS</t>
   </si>
   <si>
     <t>Prunus persica</t>
   </si>
   <si>
     <t>PSIGU</t>
   </si>
   <si>
     <t>Psidium guajava</t>
   </si>
   <si>
+    <t>* Gupta YN, Gupta SK (1978) On a collection of tetranychoid mites from Madhya Pradesh, India, with a description of a new Eotetranychus (Acari: Trombidiformes). Indian Journal of Acarology 3, 87-91.
+* Gupta SK, Gupta YN (1994) A taxonomic review of Indian Tetranychidae (Acari: Prostgmata) with description of new species and redescriptions of known species, keys to genera and species. Memoirs of the Zoological Survey of India 18, 1-196.</t>
+  </si>
+  <si>
+    <t>PUNGR</t>
+  </si>
+  <si>
+    <t>Punica granatum</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.
+-------  based on finding of females, males and immatures on this species
+* Zaher MA, Gomaa EA, El-Enany MA (1982) Spider mites of Egypt (Acari: Tetranychidae). International Journal of Acarology 8(2), 91-114.
+</t>
+  </si>
+  <si>
     <t>PYUCO</t>
   </si>
   <si>
     <t>Pyrus communis</t>
   </si>
   <si>
+    <t>* Gupta SK, Gupta YN (1994) A taxonomic review of Indian Tetranychidae (Acari: Prostgmata) with description of new species and redescriptions of known species, keys to genera and species. Memoirs of the Zoological Survey of India 18, 1-196.
+* Nassar OA, Ghai S (1981) Taxonomic studies on tetranychoid mites infesting vegetable and fruit crops in Delhi and surrounding areas. Oriental Insects 15(4), 333-396.</t>
+  </si>
+  <si>
+    <t>PYUPY</t>
+  </si>
+  <si>
+    <t>Pyrus pyrifolia</t>
+  </si>
+  <si>
+    <t>* Lo PKC (1968) Tetranychoid mites infesting fruit plants in Taiwan. Bulletin Sun Yat-sen Cultural Foundation 2, 97-137.</t>
+  </si>
+  <si>
     <t>RIICO</t>
   </si>
   <si>
     <t>Ricinus communis</t>
   </si>
   <si>
-    <t>CJFMI</t>
-[...2 lines deleted...]
-    <t>x Citrofortunella microcarpa</t>
+    <t>* Khan AM, Nizamani IA, Korai AK, Syed RN, Gilal AA, Qureshi KH, Korai SK, Wang X (2025) Seasonal population dynamics and chemical control of the castor mite, Eutetranychus orientalis (Klein), on castor (Ricinus communis) in Tandojam. Pakistan Journal of Agricultural Research 38(2), 153-161.
+* Zriki G, Shaabo A, Boubou A (2015) A preliminary survey of the spider mites (Acari: Tetranychidae) in Latakia governorate of Syria. Acarologia 55(3), 303-309.</t>
+  </si>
+  <si>
+    <t>VITVI</t>
+  </si>
+  <si>
+    <t>Vitis vinifera</t>
+  </si>
+  <si>
+    <t>* Darvishzadeh I, Kamali K (2009) Faunistic survey of mite (Acari) associated with grapevine yards in Safiabad, Khuzestan, Iran. Journal of Entomological Research 1(1), 79-93.
+* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PRNSN</t>
   </si>
   <si>
     <t>Prunus spinosa</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
@@ -615,530 +837,776 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D36"/>
+  <dimension ref="A1:D51"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="38.848" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="339.631" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="345.487" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>7</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D7"/>
+        <v>22</v>
+      </c>
+      <c r="D7" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
-[...1 lines deleted...]
-      <c r="D8"/>
+        <v>25</v>
+      </c>
+      <c r="D8" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>28</v>
+      </c>
+      <c r="D9" t="s">
+        <v>29</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B10" t="s">
-        <v>25</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D10"/>
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B11" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B12" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C12" t="s">
-        <v>30</v>
-[...1 lines deleted...]
-      <c r="D12"/>
+        <v>36</v>
+      </c>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D13" t="s">
-        <v>33</v>
+        <v>40</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B14" t="s">
-        <v>34</v>
+        <v>41</v>
       </c>
       <c r="C14" t="s">
-        <v>35</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>42</v>
+      </c>
+      <c r="D14" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>36</v>
+        <v>44</v>
       </c>
       <c r="C15" t="s">
-        <v>37</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>45</v>
+      </c>
+      <c r="D15" t="s">
+        <v>46</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B16" t="s">
-        <v>38</v>
+        <v>47</v>
       </c>
       <c r="C16" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>48</v>
+      </c>
+      <c r="D16" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B17" t="s">
-        <v>40</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>50</v>
+      </c>
+      <c r="D17" t="s">
+        <v>51</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B18" t="s">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>43</v>
+        <v>53</v>
       </c>
       <c r="D18" t="s">
-        <v>44</v>
+        <v>54</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B19" t="s">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="C19" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D19"/>
+        <v>56</v>
+      </c>
+      <c r="D19" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B20" t="s">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="C20" t="s">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>49</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B21" t="s">
-        <v>50</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>33</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B22" t="s">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="C22" t="s">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>54</v>
+        <v>66</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B23" t="s">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="C23" t="s">
-        <v>56</v>
-[...1 lines deleted...]
-      <c r="D23"/>
+        <v>68</v>
+      </c>
+      <c r="D23" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B24" t="s">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="C24" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D24"/>
+        <v>71</v>
+      </c>
+      <c r="D24" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B25" t="s">
-        <v>59</v>
+        <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>60</v>
-[...1 lines deleted...]
-      <c r="D25"/>
+        <v>74</v>
+      </c>
+      <c r="D25" t="s">
+        <v>75</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B26" t="s">
-        <v>61</v>
+        <v>76</v>
       </c>
       <c r="C26" t="s">
-        <v>62</v>
-[...1 lines deleted...]
-      <c r="D26"/>
+        <v>77</v>
+      </c>
+      <c r="D26" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B27" t="s">
-        <v>63</v>
+        <v>79</v>
       </c>
       <c r="C27" t="s">
-        <v>64</v>
-[...1 lines deleted...]
-      <c r="D27"/>
+        <v>80</v>
+      </c>
+      <c r="D27" t="s">
+        <v>81</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B28" t="s">
-        <v>65</v>
+        <v>82</v>
       </c>
       <c r="C28" t="s">
-        <v>66</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>33</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B29" t="s">
-        <v>67</v>
+        <v>85</v>
       </c>
       <c r="C29" t="s">
-        <v>68</v>
+        <v>86</v>
       </c>
       <c r="D29" t="s">
-        <v>33</v>
+        <v>87</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B30" t="s">
-        <v>69</v>
+        <v>88</v>
       </c>
       <c r="C30" t="s">
-        <v>70</v>
+        <v>89</v>
       </c>
       <c r="D30" t="s">
-        <v>71</v>
+        <v>90</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B31" t="s">
-        <v>72</v>
+        <v>91</v>
       </c>
       <c r="C31" t="s">
-        <v>73</v>
+        <v>92</v>
       </c>
       <c r="D31" t="s">
-        <v>33</v>
+        <v>46</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B32" t="s">
-        <v>74</v>
+        <v>93</v>
       </c>
       <c r="C32" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D32"/>
+        <v>94</v>
+      </c>
+      <c r="D32" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B33" t="s">
-        <v>76</v>
+        <v>96</v>
       </c>
       <c r="C33" t="s">
-        <v>77</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>97</v>
+      </c>
+      <c r="D33" t="s">
+        <v>32</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B34" t="s">
-        <v>78</v>
+        <v>98</v>
       </c>
       <c r="C34" t="s">
-        <v>79</v>
+        <v>99</v>
       </c>
       <c r="D34" t="s">
-        <v>49</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="B35" t="s">
-        <v>80</v>
+        <v>101</v>
       </c>
       <c r="C35" t="s">
-        <v>81</v>
-[...1 lines deleted...]
-      <c r="D35"/>
+        <v>102</v>
+      </c>
+      <c r="D35" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>82</v>
+        <v>14</v>
       </c>
       <c r="B36" t="s">
-        <v>83</v>
+        <v>104</v>
       </c>
       <c r="C36" t="s">
-        <v>84</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>33</v>
+        <v>106</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>14</v>
+      </c>
+      <c r="B37" t="s">
+        <v>107</v>
+      </c>
+      <c r="C37" t="s">
+        <v>108</v>
+      </c>
+      <c r="D37" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>14</v>
+      </c>
+      <c r="B38" t="s">
+        <v>109</v>
+      </c>
+      <c r="C38" t="s">
+        <v>110</v>
+      </c>
+      <c r="D38" t="s">
+        <v>111</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>14</v>
+      </c>
+      <c r="B39" t="s">
+        <v>112</v>
+      </c>
+      <c r="C39" t="s">
+        <v>113</v>
+      </c>
+      <c r="D39" t="s">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>14</v>
+      </c>
+      <c r="B40" t="s">
+        <v>114</v>
+      </c>
+      <c r="C40" t="s">
+        <v>115</v>
+      </c>
+      <c r="D40" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>14</v>
+      </c>
+      <c r="B41" t="s">
+        <v>116</v>
+      </c>
+      <c r="C41" t="s">
+        <v>117</v>
+      </c>
+      <c r="D41" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>14</v>
+      </c>
+      <c r="B42" t="s">
+        <v>118</v>
+      </c>
+      <c r="C42" t="s">
+        <v>119</v>
+      </c>
+      <c r="D42" t="s">
+        <v>81</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>14</v>
+      </c>
+      <c r="B43" t="s">
+        <v>120</v>
+      </c>
+      <c r="C43" t="s">
+        <v>121</v>
+      </c>
+      <c r="D43" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>14</v>
+      </c>
+      <c r="B44" t="s">
+        <v>123</v>
+      </c>
+      <c r="C44" t="s">
+        <v>124</v>
+      </c>
+      <c r="D44" t="s">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>14</v>
+      </c>
+      <c r="B45" t="s">
+        <v>125</v>
+      </c>
+      <c r="C45" t="s">
+        <v>126</v>
+      </c>
+      <c r="D45" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>14</v>
+      </c>
+      <c r="B46" t="s">
+        <v>128</v>
+      </c>
+      <c r="C46" t="s">
+        <v>129</v>
+      </c>
+      <c r="D46" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>14</v>
+      </c>
+      <c r="B47" t="s">
+        <v>131</v>
+      </c>
+      <c r="C47" t="s">
+        <v>132</v>
+      </c>
+      <c r="D47" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>14</v>
+      </c>
+      <c r="B48" t="s">
+        <v>134</v>
+      </c>
+      <c r="C48" t="s">
+        <v>135</v>
+      </c>
+      <c r="D48" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>14</v>
+      </c>
+      <c r="B49" t="s">
+        <v>137</v>
+      </c>
+      <c r="C49" t="s">
+        <v>138</v>
+      </c>
+      <c r="D49" t="s">
+        <v>139</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>14</v>
+      </c>
+      <c r="B50" t="s">
+        <v>140</v>
+      </c>
+      <c r="C50" t="s">
+        <v>141</v>
+      </c>
+      <c r="D50" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>143</v>
+      </c>
+      <c r="B51" t="s">
+        <v>144</v>
+      </c>
+      <c r="C51" t="s">
+        <v>145</v>
+      </c>
+      <c r="D51" t="s">
+        <v>40</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">