--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -490,72 +490,72 @@
   <si>
     <t>PSIGU</t>
   </si>
   <si>
     <t>Psidium guajava</t>
   </si>
   <si>
     <t>RIICO</t>
   </si>
   <si>
     <t>Ricinus communis</t>
   </si>
   <si>
     <t>SAKSA</t>
   </si>
   <si>
     <t>Sapindus saponaria</t>
   </si>
   <si>
     <t>SAQSS</t>
   </si>
   <si>
     <t>Sapium sp.</t>
   </si>
   <si>
+    <t>SEHTA</t>
+  </si>
+  <si>
+    <t>Sechium tacaco</t>
+  </si>
+  <si>
+    <t>SJNAT</t>
+  </si>
+  <si>
+    <t>Senna auriculata</t>
+  </si>
+  <si>
+    <t>CASSM</t>
+  </si>
+  <si>
+    <t>Senna siamea</t>
+  </si>
+  <si>
     <t>SEHED</t>
   </si>
   <si>
-    <t>Sechium edule</t>
-[...17 lines deleted...]
-    <t>Senna siamea</t>
+    <t>Sicyos edulis</t>
   </si>
   <si>
     <t>SDISS</t>
   </si>
   <si>
     <t>Sideroxylon sp.</t>
   </si>
   <si>
     <t>SOLAE</t>
   </si>
   <si>
     <t>Solanum aethiopicum</t>
   </si>
   <si>
     <t>SOLAM</t>
   </si>
   <si>
     <t>Solanum americanum</t>
   </si>
   <si>
     <t>SOLME</t>
   </si>
   <si>
     <t>Solanum melongena</t>
   </si>