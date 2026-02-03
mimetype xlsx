--- v0 (2025-10-08)
+++ v1 (2026-02-03)
@@ -173,63 +173,63 @@
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Kriti</t>
   </si>
   <si>
     <t>ct</t>
   </si>
   <si>
     <t>Moldova, Republic of</t>
   </si>
   <si>
     <t>MD</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...2 lines deleted...]
-    <t>ru</t>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>
   <si>
     <t>Ukraine</t>
   </si>
   <si>
     <t>UA</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -970,51 +970,51 @@
       <c r="D24" t="s">
         <v>54</v>
       </c>
       <c r="E24"/>
       <c r="F24" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="25" spans="1:6">
       <c r="A25" t="s">
         <v>34</v>
       </c>
       <c r="B25" t="s">
         <v>53</v>
       </c>
       <c r="C25" t="s">
         <v>56</v>
       </c>
       <c r="D25" t="s">
         <v>54</v>
       </c>
       <c r="E25" t="s">
         <v>57</v>
       </c>
       <c r="F25" t="s">
-        <v>55</v>
+        <v>9</v>
       </c>
     </row>
     <row r="26" spans="1:6">
       <c r="A26" t="s">
         <v>34</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26"/>
       <c r="D26" t="s">
         <v>59</v>
       </c>
       <c r="E26"/>
       <c r="F26" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="27" spans="1:6">
       <c r="A27" t="s">
         <v>34</v>
       </c>
       <c r="B27" t="s">
         <v>60</v>
       </c>