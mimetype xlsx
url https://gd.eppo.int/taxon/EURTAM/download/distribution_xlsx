--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -137,51 +137,51 @@
   <si>
     <t>Greece</t>
   </si>
   <si>
     <t>GR</t>
   </si>
   <si>
     <t>Hungary</t>
   </si>
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Present, restricted distribution</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Türkiye</t>
   </si>
   <si>
     <t>TR</t>
   </si>