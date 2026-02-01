--- v0 (2025-10-06)
+++ v1 (2026-02-01)
@@ -255,51 +255,51 @@
     <t>Salvia officinalis</t>
   </si>
   <si>
     <t>RMSOF</t>
   </si>
   <si>
     <t>Salvia rosmarinus</t>
   </si>
   <si>
     <t xml:space="preserve">* Foldi I (2005) Ground pearls: a generic revision of the Margarodidae sensu stricto (Hemiptera: Sternorrhyncha: Coccoidea), Annales de la Société Entomologique de France 41(1), 81-125.
 ------- as Rosmarinus officinalis
 * Soria SJ, Gallotti BJ (1986) O margarodes da videira Eurhizococcus brasiliensis (Homoptera: Margarodidae): biologia, ecologia e controle no Sul do Brasil. Embrapa, Centro Nacional de Pesquisa de Uva e Vinho, Bento Gonçalves, Brazil. CNPUV Circular Técnica 13. 22 pp.
 ------- as Rosmarinus officinalis
 </t>
   </si>
   <si>
     <t>SALSP</t>
   </si>
   <si>
     <t>Salvia splendens</t>
   </si>
   <si>
     <t>SEHED</t>
   </si>
   <si>
-    <t>Sechium edule</t>
+    <t>Sicyos edulis</t>
   </si>
   <si>
     <t>1VACG</t>
   </si>
   <si>
     <t>Vaccinium</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">