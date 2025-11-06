--- v0 (2025-10-09)
+++ v1 (2025-11-06)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kunth</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Crofton weed (AU), Mexican devil, pamakani (US), sticky eupatorium (US), sticky snakewort, white thoroughwort</w:t>
             </w:r>
-            <w:hyperlink r:id="rId456268e731d16de40" w:history="1">
+            <w:hyperlink r:id="rId8188690c4f805fa04" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255268e731d16de86" w:history="1">
+            <w:hyperlink r:id="rId8405690c4f805fa4b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EUPAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="89939498" name="name265968e731d16df90" descr="14475.jpg"/>
+                  <wp:docPr id="4532011" name="name1062690c4f805fb37" descr="14475.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14475.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId436768e731d16df8f" cstate="print"/>
+                          <a:blip r:embed="rId4205690c4f805fb35" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId331668e731d16e096" w:history="1">
+            <w:hyperlink r:id="rId6026690c4f805fc6a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -833,63 +833,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005) mention its presence in Lourizán, in the same province.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2350138" name="name285468e731d16f46b" descr="EUPAD_distribution_map.jpg"/>
+            <wp:docPr id="51374795" name="name1298690c4f8060f78" descr="EUPAD_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUPAD_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId232568e731d16f468" cstate="print"/>
+                    <a:blip r:embed="rId4021690c4f8060f75" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4950,51 +4950,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alien Plants in Greece (2023) Alien Plants in Greece: A web-based platform. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198268e731d17173d" w:history="1">
+      <w:hyperlink r:id="rId5758690c4f8063684" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.alienplants.gr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5109,51 +5109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Commonwealth of Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533168e731d1718c4" w:history="1">
+      <w:hyperlink r:id="rId1435690c4f8063794" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.daff.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5264,111 +5264,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CALIPC (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId302868e731d171a33" w:history="1">
+      <w:hyperlink r:id="rId7308690c4f80638a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calipc.org/plants/profile/ageratina-adenophora-profile/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Catálogo Español de Especies Exóticas Invasoras (2013) Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218268e731d171a6c" w:history="1">
+      <w:hyperlink r:id="rId7089690c4f80638dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conservatoire botanique national méditerranéen (2023) SIMETHIS - module Flore [online]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346168e731d171aa0" w:history="1">
+      <w:hyperlink r:id="rId2108690c4f8063911" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://simethis.eu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 06 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5434,51 +5434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 13663. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId879868e731d171b50" w:history="1">
+      <w:hyperlink r:id="rId3961690c4f80639ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-021-92791-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Primary Industries, Australia (2022) Crofton Weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId942768e731d171df3" w:history="1">
+      <w:hyperlink r:id="rId3731690c4f8063b65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://weeds.dpi.nsw.gov.au/Weeds/Details/47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5955,131 +5955,131 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">coul. ; gr. in-8.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId860768e731d172014" w:history="1">
+      <w:hyperlink r:id="rId5842690c4f8063d4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023b) EPPO Technical Document No. 1090. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Risk Analysis for Ageratina adenophora </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId473768e731d172067" w:history="1">
+      <w:hyperlink r:id="rId7767690c4f8063d9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/EUPAD/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615668e731d17209d" w:history="1">
+      <w:hyperlink r:id="rId5011690c4f8063dd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6410,51 +6410,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–222.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herbario Nacional de México (MEXU, 2005) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId328468e731d172333" w:history="1">
+      <w:hyperlink r:id="rId1985690c4f8064044" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7063,51 +7063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmental Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">327</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674268e731d1728f7" w:history="1">
+      <w:hyperlink r:id="rId4580690c4f8064472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jenvman.2022.116896</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7253,51 +7253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of Mexico [Online]. 22+ vols. New York and Oxford. Vol. 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId486668e731d172af4" w:history="1">
+      <w:hyperlink r:id="rId7794690c4f80645b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floranorthamerica.org/Ageratina_adenophora</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7570,51 +7570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecology and Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">497</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId973468e731d172d41" w:history="1">
+      <w:hyperlink r:id="rId5852690c4f80647bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2021.119468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7658,51 +7658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas invasoras em Portugal (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987068e731d172dd4" w:history="1">
+      <w:hyperlink r:id="rId2449690c4f8064852" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://invasoras.pt/en/invasive-plant/phytolacca–americana</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7737,81 +7737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Asteraceae): current state of knowledge and future research needs. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724168e731d172e54" w:history="1">
+      <w:hyperlink r:id="rId1725690c4f80648d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/wre.12351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648868e731d172ea1" w:history="1">
+      <w:hyperlink r:id="rId5904690c4f8064907" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 04 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7917,51 +7917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Sciences </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 11581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781568e731d172f8f" w:history="1">
+      <w:hyperlink r:id="rId2794690c4f8064a51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms222111581</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8435,51 +8435,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 72–80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId854868e731d173f94" w:history="1">
+      <w:hyperlink r:id="rId1222690c4f8064da2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/wre.12238</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8601,90 +8601,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RK Kohli), 43–56. CABI, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2022) The PLANTS Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId638368e731d174103" w:history="1">
+      <w:hyperlink r:id="rId8709690c4f8064eb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA AMS (2022) State noxious-weed seed requirements recognised in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426568e731d174147" w:history="1">
+      <w:hyperlink r:id="rId8152690c4f8064ef0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/State NoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8904,51 +8904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1291–1298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159268e731d174487" w:history="1">
+      <w:hyperlink r:id="rId5444690c4f80650a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11427-010-4080-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9357,51 +9357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–76. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654468e731d1747b6" w:history="1">
+      <w:hyperlink r:id="rId7226690c4f806539e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3180.1982.tb00145.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9674,51 +9674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId388368e731d1749fe" w:history="1">
+      <w:hyperlink r:id="rId2570690c4f80655aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9774,51 +9774,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 616-623. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId456868e731d174aad" w:history="1">
+      <w:hyperlink r:id="rId3378690c4f8065653" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9914,137 +9914,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86829439">
+  <w:abstractNum w:abstractNumId="49283484">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41483827">
+    <w:lvl w:ilvl="0" w:tplc="65336652">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41483827" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="65336652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41483827" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="65336652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41483827" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="65336652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41483827" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="65336652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41483827" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="65336652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41483827" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="65336652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41483827" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="65336652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41483827" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="65336652" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86829438">
+  <w:abstractNum w:abstractNumId="49283483">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22932299">
+    <w:lvl w:ilvl="0" w:tplc="95983166">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10796,55 +10796,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86829438">
-    <w:abstractNumId w:val="86829438"/>
+  <w:num w:numId="49283483">
+    <w:abstractNumId w:val="49283483"/>
   </w:num>
-  <w:num w:numId="86829439">
-    <w:abstractNumId w:val="86829439"/>
+  <w:num w:numId="49283484">
+    <w:abstractNumId w:val="49283484"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22394,51 +22394,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId616523067" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId958881883" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId456268e731d16de40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/" TargetMode="External"/><Relationship Id="rId255268e731d16de86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/categorization" TargetMode="External"/><Relationship Id="rId331668e731d16e096" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/photos" TargetMode="External"/><Relationship Id="rId198268e731d17173d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplants.gr/" TargetMode="External"/><Relationship Id="rId533168e731d1718c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.daff.gov.au" TargetMode="External"/><Relationship Id="rId302868e731d171a33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calipc.org/plants/profile/ageratina-adenophora-profile/" TargetMode="External"/><Relationship Id="rId218268e731d171a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf" TargetMode="External"/><Relationship Id="rId346168e731d171aa0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://simethis.eu" TargetMode="External"/><Relationship Id="rId879868e731d171b50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.%20org/10.1038/s41598-021-92791-y" TargetMode="External"/><Relationship Id="rId942768e731d171df3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weeds.dpi.nsw.gov.au/Weeds/Details/47" TargetMode="External"/><Relationship Id="rId860768e731d172014" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId473768e731d172067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/documents" TargetMode="External"/><Relationship Id="rId615668e731d17209d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId328468e731d172333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382" TargetMode="External"/><Relationship Id="rId674268e731d1728f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jenvman.2022.116896" TargetMode="External"/><Relationship Id="rId486668e731d172af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floranorthamerica.org/Ageratina_adenophora" TargetMode="External"/><Relationship Id="rId973468e731d172d41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2021.119468" TargetMode="External"/><Relationship Id="rId987068e731d172dd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://invasoras.pt/en/invasive-plant/phytolacca%E2%80%93americana." TargetMode="External"/><Relationship Id="rId724168e731d172e54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12351" TargetMode="External"/><Relationship Id="rId648868e731d172ea1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId781568e731d172f8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms222111581" TargetMode="External"/><Relationship Id="rId854868e731d173f94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12238" TargetMode="External"/><Relationship Id="rId638368e731d174103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId426568e731d174147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/State%20NoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId159268e731d174487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11427-010-4080-7" TargetMode="External"/><Relationship Id="rId654468e731d1747b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3180.1982.tb00145.x" TargetMode="External"/><Relationship Id="rId388368e731d1749fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId456868e731d174aad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12955" TargetMode="External"/><Relationship Id="rId436768e731d16df8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId436768e731d16df8f.jpg"/><Relationship Id="rId232568e731d16f468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId232568e731d16f468.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId570384003" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId292302416" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8188690c4f805fa04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/" TargetMode="External"/><Relationship Id="rId8405690c4f805fa4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/categorization" TargetMode="External"/><Relationship Id="rId6026690c4f805fc6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/photos" TargetMode="External"/><Relationship Id="rId5758690c4f8063684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplants.gr/" TargetMode="External"/><Relationship Id="rId1435690c4f8063794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.daff.gov.au" TargetMode="External"/><Relationship Id="rId7308690c4f80638a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calipc.org/plants/profile/ageratina-adenophora-profile/" TargetMode="External"/><Relationship Id="rId7089690c4f80638dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf" TargetMode="External"/><Relationship Id="rId2108690c4f8063911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://simethis.eu" TargetMode="External"/><Relationship Id="rId3961690c4f80639ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.%20org/10.1038/s41598-021-92791-y" TargetMode="External"/><Relationship Id="rId3731690c4f8063b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weeds.dpi.nsw.gov.au/Weeds/Details/47" TargetMode="External"/><Relationship Id="rId5842690c4f8063d4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7767690c4f8063d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/documents" TargetMode="External"/><Relationship Id="rId5011690c4f8063dd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId1985690c4f8064044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382" TargetMode="External"/><Relationship Id="rId4580690c4f8064472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jenvman.2022.116896" TargetMode="External"/><Relationship Id="rId7794690c4f80645b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floranorthamerica.org/Ageratina_adenophora" TargetMode="External"/><Relationship Id="rId5852690c4f80647bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2021.119468" TargetMode="External"/><Relationship Id="rId2449690c4f8064852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://invasoras.pt/en/invasive-plant/phytolacca%E2%80%93americana." TargetMode="External"/><Relationship Id="rId1725690c4f80648d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12351" TargetMode="External"/><Relationship Id="rId5904690c4f8064907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId2794690c4f8064a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms222111581" TargetMode="External"/><Relationship Id="rId1222690c4f8064da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12238" TargetMode="External"/><Relationship Id="rId8709690c4f8064eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId8152690c4f8064ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/State%20NoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId5444690c4f80650a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11427-010-4080-7" TargetMode="External"/><Relationship Id="rId7226690c4f806539e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3180.1982.tb00145.x" TargetMode="External"/><Relationship Id="rId2570690c4f80655aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3378690c4f8065653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12955" TargetMode="External"/><Relationship Id="rId4205690c4f805fb35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4205690c4f805fb35.jpg"/><Relationship Id="rId4021690c4f8060f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4021690c4f8060f75.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>