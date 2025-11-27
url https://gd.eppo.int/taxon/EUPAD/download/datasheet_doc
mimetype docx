--- v1 (2025-11-06)
+++ v2 (2025-11-27)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kunth</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Crofton weed (AU), Mexican devil, pamakani (US), sticky eupatorium (US), sticky snakewort, white thoroughwort</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8188690c4f805fa04" w:history="1">
+            <w:hyperlink r:id="rId50766928b8721ac3b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8405690c4f805fa4b" w:history="1">
+            <w:hyperlink r:id="rId89916928b8721ac82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EUPAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="4532011" name="name1062690c4f805fb37" descr="14475.jpg"/>
+                  <wp:docPr id="13403757" name="name75736928b8721ad7c" descr="14475.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14475.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId4205690c4f805fb35" cstate="print"/>
+                          <a:blip r:embed="rId68346928b8721ad7b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId6026690c4f805fc6a" w:history="1">
+            <w:hyperlink r:id="rId72086928b8721aeb1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -833,63 +833,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005) mention its presence in Lourizán, in the same province.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51374795" name="name1298690c4f8060f78" descr="EUPAD_distribution_map.jpg"/>
+            <wp:docPr id="7860712" name="name52176928b8721c146" descr="EUPAD_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUPAD_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4021690c4f8060f75" cstate="print"/>
+                    <a:blip r:embed="rId12066928b8721c142" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4950,51 +4950,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alien Plants in Greece (2023) Alien Plants in Greece: A web-based platform. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5758690c4f8063684" w:history="1">
+      <w:hyperlink r:id="rId44946928b8721e016" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.alienplants.gr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5109,51 +5109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Commonwealth of Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1435690c4f8063794" w:history="1">
+      <w:hyperlink r:id="rId76246928b8721e11e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.daff.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5264,111 +5264,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CALIPC (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7308690c4f80638a5" w:history="1">
+      <w:hyperlink r:id="rId47296928b8721e24b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calipc.org/plants/profile/ageratina-adenophora-profile/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Catálogo Español de Especies Exóticas Invasoras (2013) Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7089690c4f80638dc" w:history="1">
+      <w:hyperlink r:id="rId48946928b8721e281" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conservatoire botanique national méditerranéen (2023) SIMETHIS - module Flore [online]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2108690c4f8063911" w:history="1">
+      <w:hyperlink r:id="rId36856928b8721e2b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://simethis.eu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 06 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5434,51 +5434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 13663. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3961690c4f80639ea" w:history="1">
+      <w:hyperlink r:id="rId97766928b8721e381" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-021-92791-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Primary Industries, Australia (2022) Crofton Weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3731690c4f8063b65" w:history="1">
+      <w:hyperlink r:id="rId27886928b8721e521" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://weeds.dpi.nsw.gov.au/Weeds/Details/47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5955,131 +5955,131 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">coul. ; gr. in-8.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5842690c4f8063d4a" w:history="1">
+      <w:hyperlink r:id="rId62926928b8721e700" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023b) EPPO Technical Document No. 1090. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Risk Analysis for Ageratina adenophora </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7767690c4f8063d9c" w:history="1">
+      <w:hyperlink r:id="rId95896928b8721e752" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/EUPAD/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5011690c4f8063dd6" w:history="1">
+      <w:hyperlink r:id="rId72216928b8721e78a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6410,51 +6410,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–222.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herbario Nacional de México (MEXU, 2005) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1985690c4f8064044" w:history="1">
+      <w:hyperlink r:id="rId68496928b8721ea45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7063,51 +7063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmental Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">327</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4580690c4f8064472" w:history="1">
+      <w:hyperlink r:id="rId43546928b8721efc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jenvman.2022.116896</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7253,51 +7253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of Mexico [Online]. 22+ vols. New York and Oxford. Vol. 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7794690c4f80645b3" w:history="1">
+      <w:hyperlink r:id="rId45326928b8721f11b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floranorthamerica.org/Ageratina_adenophora</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7570,51 +7570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecology and Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">497</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5852690c4f80647bf" w:history="1">
+      <w:hyperlink r:id="rId91606928b8721f343" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2021.119468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7658,51 +7658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas invasoras em Portugal (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2449690c4f8064852" w:history="1">
+      <w:hyperlink r:id="rId62376928b8721f3f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://invasoras.pt/en/invasive-plant/phytolacca–americana</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7737,81 +7737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Asteraceae): current state of knowledge and future research needs. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1725690c4f80648d4" w:history="1">
+      <w:hyperlink r:id="rId43206928b8721f47b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/wre.12351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5904690c4f8064907" w:history="1">
+      <w:hyperlink r:id="rId47916928b8721f4af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 04 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7917,51 +7917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Sciences </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 11581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2794690c4f8064a51" w:history="1">
+      <w:hyperlink r:id="rId93316928b8721f59e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms222111581</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8435,51 +8435,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 72–80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1222690c4f8064da2" w:history="1">
+      <w:hyperlink r:id="rId33066928b8721f8f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/wre.12238</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8601,90 +8601,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RK Kohli), 43–56. CABI, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2022) The PLANTS Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8709690c4f8064eb2" w:history="1">
+      <w:hyperlink r:id="rId63616928b8721fa18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA AMS (2022) State noxious-weed seed requirements recognised in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8152690c4f8064ef0" w:history="1">
+      <w:hyperlink r:id="rId98166928b8721fa57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/State NoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8904,51 +8904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1291–1298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5444690c4f80650a3" w:history="1">
+      <w:hyperlink r:id="rId54956928b8721fc30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11427-010-4080-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9357,51 +9357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–76. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7226690c4f806539e" w:history="1">
+      <w:hyperlink r:id="rId29226928b8721ff59" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3180.1982.tb00145.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9674,51 +9674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2570690c4f80655aa" w:history="1">
+      <w:hyperlink r:id="rId44146928b87220177" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9774,51 +9774,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 616-623. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3378690c4f8065653" w:history="1">
+      <w:hyperlink r:id="rId66566928b87220251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9914,137 +9914,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49283484">
+  <w:abstractNum w:abstractNumId="37164591">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="65336652">
+    <w:lvl w:ilvl="0" w:tplc="15296776">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="65336652" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="15296776" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="65336652" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="15296776" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="65336652" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="15296776" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="65336652" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="15296776" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="65336652" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="15296776" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="65336652" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="15296776" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="65336652" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="15296776" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="65336652" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="15296776" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49283483">
+  <w:abstractNum w:abstractNumId="37164590">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95983166">
+    <w:lvl w:ilvl="0" w:tplc="34211210">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10796,55 +10796,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49283483">
-    <w:abstractNumId w:val="49283483"/>
+  <w:num w:numId="37164590">
+    <w:abstractNumId w:val="37164590"/>
   </w:num>
-  <w:num w:numId="49283484">
-    <w:abstractNumId w:val="49283484"/>
+  <w:num w:numId="37164591">
+    <w:abstractNumId w:val="37164591"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22394,51 +22394,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId570384003" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId292302416" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8188690c4f805fa04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/" TargetMode="External"/><Relationship Id="rId8405690c4f805fa4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/categorization" TargetMode="External"/><Relationship Id="rId6026690c4f805fc6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/photos" TargetMode="External"/><Relationship Id="rId5758690c4f8063684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplants.gr/" TargetMode="External"/><Relationship Id="rId1435690c4f8063794" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.daff.gov.au" TargetMode="External"/><Relationship Id="rId7308690c4f80638a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calipc.org/plants/profile/ageratina-adenophora-profile/" TargetMode="External"/><Relationship Id="rId7089690c4f80638dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf" TargetMode="External"/><Relationship Id="rId2108690c4f8063911" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://simethis.eu" TargetMode="External"/><Relationship Id="rId3961690c4f80639ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.%20org/10.1038/s41598-021-92791-y" TargetMode="External"/><Relationship Id="rId3731690c4f8063b65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weeds.dpi.nsw.gov.au/Weeds/Details/47" TargetMode="External"/><Relationship Id="rId5842690c4f8063d4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId7767690c4f8063d9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/documents" TargetMode="External"/><Relationship Id="rId5011690c4f8063dd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId1985690c4f8064044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382" TargetMode="External"/><Relationship Id="rId4580690c4f8064472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jenvman.2022.116896" TargetMode="External"/><Relationship Id="rId7794690c4f80645b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floranorthamerica.org/Ageratina_adenophora" TargetMode="External"/><Relationship Id="rId5852690c4f80647bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2021.119468" TargetMode="External"/><Relationship Id="rId2449690c4f8064852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://invasoras.pt/en/invasive-plant/phytolacca%E2%80%93americana." TargetMode="External"/><Relationship Id="rId1725690c4f80648d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12351" TargetMode="External"/><Relationship Id="rId5904690c4f8064907" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId2794690c4f8064a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms222111581" TargetMode="External"/><Relationship Id="rId1222690c4f8064da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12238" TargetMode="External"/><Relationship Id="rId8709690c4f8064eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId8152690c4f8064ef0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/State%20NoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId5444690c4f80650a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11427-010-4080-7" TargetMode="External"/><Relationship Id="rId7226690c4f806539e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3180.1982.tb00145.x" TargetMode="External"/><Relationship Id="rId2570690c4f80655aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3378690c4f8065653" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12955" TargetMode="External"/><Relationship Id="rId4205690c4f805fb35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4205690c4f805fb35.jpg"/><Relationship Id="rId4021690c4f8060f75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4021690c4f8060f75.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId559369316" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId777012184" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50766928b8721ac3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/" TargetMode="External"/><Relationship Id="rId89916928b8721ac82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/categorization" TargetMode="External"/><Relationship Id="rId72086928b8721aeb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/photos" TargetMode="External"/><Relationship Id="rId44946928b8721e016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplants.gr/" TargetMode="External"/><Relationship Id="rId76246928b8721e11e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.daff.gov.au" TargetMode="External"/><Relationship Id="rId47296928b8721e24b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calipc.org/plants/profile/ageratina-adenophora-profile/" TargetMode="External"/><Relationship Id="rId48946928b8721e281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf" TargetMode="External"/><Relationship Id="rId36856928b8721e2b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://simethis.eu" TargetMode="External"/><Relationship Id="rId97766928b8721e381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.%20org/10.1038/s41598-021-92791-y" TargetMode="External"/><Relationship Id="rId27886928b8721e521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weeds.dpi.nsw.gov.au/Weeds/Details/47" TargetMode="External"/><Relationship Id="rId62926928b8721e700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId95896928b8721e752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/documents" TargetMode="External"/><Relationship Id="rId72216928b8721e78a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId68496928b8721ea45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382" TargetMode="External"/><Relationship Id="rId43546928b8721efc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jenvman.2022.116896" TargetMode="External"/><Relationship Id="rId45326928b8721f11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floranorthamerica.org/Ageratina_adenophora" TargetMode="External"/><Relationship Id="rId91606928b8721f343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2021.119468" TargetMode="External"/><Relationship Id="rId62376928b8721f3f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://invasoras.pt/en/invasive-plant/phytolacca%E2%80%93americana." TargetMode="External"/><Relationship Id="rId43206928b8721f47b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12351" TargetMode="External"/><Relationship Id="rId47916928b8721f4af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId93316928b8721f59e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms222111581" TargetMode="External"/><Relationship Id="rId33066928b8721f8f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12238" TargetMode="External"/><Relationship Id="rId63616928b8721fa18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId98166928b8721fa57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/State%20NoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId54956928b8721fc30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11427-010-4080-7" TargetMode="External"/><Relationship Id="rId29226928b8721ff59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3180.1982.tb00145.x" TargetMode="External"/><Relationship Id="rId44146928b87220177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66566928b87220251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12955" TargetMode="External"/><Relationship Id="rId68346928b8721ad7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68346928b8721ad7b.jpg"/><Relationship Id="rId12066928b8721c142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12066928b8721c142.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>