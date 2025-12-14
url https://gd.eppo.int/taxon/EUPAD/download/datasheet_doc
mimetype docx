--- v2 (2025-11-27)
+++ v3 (2025-12-14)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kunth</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Crofton weed (AU), Mexican devil, pamakani (US), sticky eupatorium (US), sticky snakewort, white thoroughwort</w:t>
             </w:r>
-            <w:hyperlink r:id="rId50766928b8721ac3b" w:history="1">
+            <w:hyperlink r:id="rId5868693ed776dac8f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89916928b8721ac82" w:history="1">
+            <w:hyperlink r:id="rId3730693ed776dacd4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EUPAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13403757" name="name75736928b8721ad7c" descr="14475.jpg"/>
+                  <wp:docPr id="13043324" name="name7361693ed776db2e4" descr="14475.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14475.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId68346928b8721ad7b" cstate="print"/>
+                          <a:blip r:embed="rId5639693ed776db2e2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId72086928b8721aeb1" w:history="1">
+            <w:hyperlink r:id="rId8614693ed776db3dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -833,63 +833,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005) mention its presence in Lourizán, in the same province.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="7860712" name="name52176928b8721c146" descr="EUPAD_distribution_map.jpg"/>
+            <wp:docPr id="64797549" name="name7193693ed776dc6ff" descr="EUPAD_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUPAD_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId12066928b8721c142" cstate="print"/>
+                    <a:blip r:embed="rId5152693ed776dc6fd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4950,51 +4950,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alien Plants in Greece (2023) Alien Plants in Greece: A web-based platform. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44946928b8721e016" w:history="1">
+      <w:hyperlink r:id="rId6020693ed776de29c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.alienplants.gr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5109,51 +5109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Commonwealth of Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76246928b8721e11e" w:history="1">
+      <w:hyperlink r:id="rId6203693ed776de3a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.daff.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5264,111 +5264,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CALIPC (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47296928b8721e24b" w:history="1">
+      <w:hyperlink r:id="rId6419693ed776de49f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calipc.org/plants/profile/ageratina-adenophora-profile/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Catálogo Español de Especies Exóticas Invasoras (2013) Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48946928b8721e281" w:history="1">
+      <w:hyperlink r:id="rId7534693ed776de4d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conservatoire botanique national méditerranéen (2023) SIMETHIS - module Flore [online]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36856928b8721e2b5" w:history="1">
+      <w:hyperlink r:id="rId2218693ed776de505" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://simethis.eu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 06 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5434,51 +5434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 13663. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97766928b8721e381" w:history="1">
+      <w:hyperlink r:id="rId1347693ed776de5b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-021-92791-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Primary Industries, Australia (2022) Crofton Weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27886928b8721e521" w:history="1">
+      <w:hyperlink r:id="rId4998693ed776de717" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://weeds.dpi.nsw.gov.au/Weeds/Details/47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5955,131 +5955,131 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">coul. ; gr. in-8.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62926928b8721e700" w:history="1">
+      <w:hyperlink r:id="rId2259693ed776de8f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023b) EPPO Technical Document No. 1090. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Risk Analysis for Ageratina adenophora </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95896928b8721e752" w:history="1">
+      <w:hyperlink r:id="rId9931693ed776de94a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/EUPAD/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72216928b8721e78a" w:history="1">
+      <w:hyperlink r:id="rId7984693ed776de97f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6410,51 +6410,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–222.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herbario Nacional de México (MEXU, 2005) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68496928b8721ea45" w:history="1">
+      <w:hyperlink r:id="rId7391693ed776debfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7063,51 +7063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmental Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">327</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43546928b8721efc4" w:history="1">
+      <w:hyperlink r:id="rId7336693ed776df02b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jenvman.2022.116896</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7253,51 +7253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of Mexico [Online]. 22+ vols. New York and Oxford. Vol. 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45326928b8721f11b" w:history="1">
+      <w:hyperlink r:id="rId2008693ed776df15a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floranorthamerica.org/Ageratina_adenophora</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7570,51 +7570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecology and Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">497</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91606928b8721f343" w:history="1">
+      <w:hyperlink r:id="rId1924693ed776df35f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2021.119468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7658,51 +7658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas invasoras em Portugal (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62376928b8721f3f2" w:history="1">
+      <w:hyperlink r:id="rId3305693ed776df3f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://invasoras.pt/en/invasive-plant/phytolacca–americana</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7737,81 +7737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Asteraceae): current state of knowledge and future research needs. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43206928b8721f47b" w:history="1">
+      <w:hyperlink r:id="rId9817693ed776df472" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/wre.12351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47916928b8721f4af" w:history="1">
+      <w:hyperlink r:id="rId8423693ed776df4a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 04 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7917,51 +7917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Sciences </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 11581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93316928b8721f59e" w:history="1">
+      <w:hyperlink r:id="rId1689693ed776df58e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms222111581</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8435,51 +8435,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 72–80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33066928b8721f8f7" w:history="1">
+      <w:hyperlink r:id="rId4241693ed776df8c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/wre.12238</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8601,90 +8601,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RK Kohli), 43–56. CABI, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2022) The PLANTS Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63616928b8721fa18" w:history="1">
+      <w:hyperlink r:id="rId2802693ed776df9ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA AMS (2022) State noxious-weed seed requirements recognised in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98166928b8721fa57" w:history="1">
+      <w:hyperlink r:id="rId8889693ed776dfa1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/State NoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8904,51 +8904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1291–1298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54956928b8721fc30" w:history="1">
+      <w:hyperlink r:id="rId9480693ed776dfbca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11427-010-4080-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9357,51 +9357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–76. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29226928b8721ff59" w:history="1">
+      <w:hyperlink r:id="rId5169693ed776dfea0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3180.1982.tb00145.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9674,51 +9674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44146928b87220177" w:history="1">
+      <w:hyperlink r:id="rId4709693ed776e00af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9774,51 +9774,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 616-623. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66566928b87220251" w:history="1">
+      <w:hyperlink r:id="rId8816693ed776e0155" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9914,137 +9914,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37164591">
+  <w:abstractNum w:abstractNumId="32784852">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15296776">
+    <w:lvl w:ilvl="0" w:tplc="14122272">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="15296776" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14122272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="15296776" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14122272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="15296776" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14122272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="15296776" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14122272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="15296776" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14122272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="15296776" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14122272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="15296776" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14122272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="15296776" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14122272" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37164590">
+  <w:abstractNum w:abstractNumId="32784851">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34211210">
+    <w:lvl w:ilvl="0" w:tplc="59143069">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10796,55 +10796,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37164590">
-    <w:abstractNumId w:val="37164590"/>
+  <w:num w:numId="32784851">
+    <w:abstractNumId w:val="32784851"/>
   </w:num>
-  <w:num w:numId="37164591">
-    <w:abstractNumId w:val="37164591"/>
+  <w:num w:numId="32784852">
+    <w:abstractNumId w:val="32784852"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22394,51 +22394,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId559369316" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId777012184" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId50766928b8721ac3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/" TargetMode="External"/><Relationship Id="rId89916928b8721ac82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/categorization" TargetMode="External"/><Relationship Id="rId72086928b8721aeb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/photos" TargetMode="External"/><Relationship Id="rId44946928b8721e016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplants.gr/" TargetMode="External"/><Relationship Id="rId76246928b8721e11e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.daff.gov.au" TargetMode="External"/><Relationship Id="rId47296928b8721e24b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calipc.org/plants/profile/ageratina-adenophora-profile/" TargetMode="External"/><Relationship Id="rId48946928b8721e281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf" TargetMode="External"/><Relationship Id="rId36856928b8721e2b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://simethis.eu" TargetMode="External"/><Relationship Id="rId97766928b8721e381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.%20org/10.1038/s41598-021-92791-y" TargetMode="External"/><Relationship Id="rId27886928b8721e521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weeds.dpi.nsw.gov.au/Weeds/Details/47" TargetMode="External"/><Relationship Id="rId62926928b8721e700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId95896928b8721e752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/documents" TargetMode="External"/><Relationship Id="rId72216928b8721e78a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId68496928b8721ea45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382" TargetMode="External"/><Relationship Id="rId43546928b8721efc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jenvman.2022.116896" TargetMode="External"/><Relationship Id="rId45326928b8721f11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floranorthamerica.org/Ageratina_adenophora" TargetMode="External"/><Relationship Id="rId91606928b8721f343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2021.119468" TargetMode="External"/><Relationship Id="rId62376928b8721f3f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://invasoras.pt/en/invasive-plant/phytolacca%E2%80%93americana." TargetMode="External"/><Relationship Id="rId43206928b8721f47b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12351" TargetMode="External"/><Relationship Id="rId47916928b8721f4af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId93316928b8721f59e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms222111581" TargetMode="External"/><Relationship Id="rId33066928b8721f8f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12238" TargetMode="External"/><Relationship Id="rId63616928b8721fa18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId98166928b8721fa57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/State%20NoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId54956928b8721fc30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11427-010-4080-7" TargetMode="External"/><Relationship Id="rId29226928b8721ff59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3180.1982.tb00145.x" TargetMode="External"/><Relationship Id="rId44146928b87220177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66566928b87220251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12955" TargetMode="External"/><Relationship Id="rId68346928b8721ad7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId68346928b8721ad7b.jpg"/><Relationship Id="rId12066928b8721c142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId12066928b8721c142.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId496459975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId891586176" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5868693ed776dac8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/" TargetMode="External"/><Relationship Id="rId3730693ed776dacd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/categorization" TargetMode="External"/><Relationship Id="rId8614693ed776db3dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/photos" TargetMode="External"/><Relationship Id="rId6020693ed776de29c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplants.gr/" TargetMode="External"/><Relationship Id="rId6203693ed776de3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.daff.gov.au" TargetMode="External"/><Relationship Id="rId6419693ed776de49f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calipc.org/plants/profile/ageratina-adenophora-profile/" TargetMode="External"/><Relationship Id="rId7534693ed776de4d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf" TargetMode="External"/><Relationship Id="rId2218693ed776de505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://simethis.eu" TargetMode="External"/><Relationship Id="rId1347693ed776de5b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.%20org/10.1038/s41598-021-92791-y" TargetMode="External"/><Relationship Id="rId4998693ed776de717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weeds.dpi.nsw.gov.au/Weeds/Details/47" TargetMode="External"/><Relationship Id="rId2259693ed776de8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9931693ed776de94a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/documents" TargetMode="External"/><Relationship Id="rId7984693ed776de97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7391693ed776debfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382" TargetMode="External"/><Relationship Id="rId7336693ed776df02b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jenvman.2022.116896" TargetMode="External"/><Relationship Id="rId2008693ed776df15a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floranorthamerica.org/Ageratina_adenophora" TargetMode="External"/><Relationship Id="rId1924693ed776df35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2021.119468" TargetMode="External"/><Relationship Id="rId3305693ed776df3f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://invasoras.pt/en/invasive-plant/phytolacca%E2%80%93americana." TargetMode="External"/><Relationship Id="rId9817693ed776df472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12351" TargetMode="External"/><Relationship Id="rId8423693ed776df4a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId1689693ed776df58e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms222111581" TargetMode="External"/><Relationship Id="rId4241693ed776df8c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12238" TargetMode="External"/><Relationship Id="rId2802693ed776df9ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId8889693ed776dfa1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/State%20NoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId9480693ed776dfbca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11427-010-4080-7" TargetMode="External"/><Relationship Id="rId5169693ed776dfea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3180.1982.tb00145.x" TargetMode="External"/><Relationship Id="rId4709693ed776e00af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8816693ed776e0155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12955" TargetMode="External"/><Relationship Id="rId5639693ed776db2e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5639693ed776db2e2.jpg"/><Relationship Id="rId5152693ed776dc6fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5152693ed776dc6fd.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>