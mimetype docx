--- v3 (2025-12-14)
+++ v4 (2026-02-15)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kunth</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Crofton weed (AU), Mexican devil, pamakani (US), sticky eupatorium (US), sticky snakewort, white thoroughwort</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5868693ed776dac8f" w:history="1">
+            <w:hyperlink r:id="rId853869912c9d9b98e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3730693ed776dacd4" w:history="1">
+            <w:hyperlink r:id="rId837269912c9d9b9d3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EUPAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13043324" name="name7361693ed776db2e4" descr="14475.jpg"/>
+                  <wp:docPr id="70538153" name="name929669912c9d9c0b1" descr="14475.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14475.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId5639693ed776db2e2" cstate="print"/>
+                          <a:blip r:embed="rId344069912c9d9c0b0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8614693ed776db3dd" w:history="1">
+            <w:hyperlink r:id="rId788669912c9d9c209" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -833,63 +833,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005) mention its presence in Lourizán, in the same province.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64797549" name="name7193693ed776dc6ff" descr="EUPAD_distribution_map.jpg"/>
+            <wp:docPr id="86324577" name="name254769912c9d9cfe7" descr="EUPAD_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUPAD_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5152693ed776dc6fd" cstate="print"/>
+                    <a:blip r:embed="rId453369912c9d9cfe3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4950,51 +4950,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alien Plants in Greece (2023) Alien Plants in Greece: A web-based platform. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6020693ed776de29c" w:history="1">
+      <w:hyperlink r:id="rId967069912c9d9ec91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.alienplants.gr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5109,51 +5109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Commonwealth of Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6203693ed776de3a0" w:history="1">
+      <w:hyperlink r:id="rId352469912c9d9ed9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.daff.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5264,111 +5264,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CALIPC (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6419693ed776de49f" w:history="1">
+      <w:hyperlink r:id="rId759169912c9d9ee9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calipc.org/plants/profile/ageratina-adenophora-profile/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Catálogo Español de Especies Exóticas Invasoras (2013) Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7534693ed776de4d4" w:history="1">
+      <w:hyperlink r:id="rId165569912c9d9eed2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conservatoire botanique national méditerranéen (2023) SIMETHIS - module Flore [online]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2218693ed776de505" w:history="1">
+      <w:hyperlink r:id="rId873569912c9d9ef05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://simethis.eu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 06 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5434,51 +5434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 13663. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1347693ed776de5b2" w:history="1">
+      <w:hyperlink r:id="rId761169912c9d9efb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-021-92791-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Primary Industries, Australia (2022) Crofton Weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4998693ed776de717" w:history="1">
+      <w:hyperlink r:id="rId236569912c9d9f11e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://weeds.dpi.nsw.gov.au/Weeds/Details/47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5955,131 +5955,131 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">coul. ; gr. in-8.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2259693ed776de8f8" w:history="1">
+      <w:hyperlink r:id="rId212169912c9d9f30c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023b) EPPO Technical Document No. 1090. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Risk Analysis for Ageratina adenophora </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9931693ed776de94a" w:history="1">
+      <w:hyperlink r:id="rId361169912c9d9f35e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/EUPAD/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7984693ed776de97f" w:history="1">
+      <w:hyperlink r:id="rId292869912c9d9f394" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6410,51 +6410,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–222.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herbario Nacional de México (MEXU, 2005) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7391693ed776debfa" w:history="1">
+      <w:hyperlink r:id="rId849269912c9d9f61a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7063,51 +7063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmental Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">327</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7336693ed776df02b" w:history="1">
+      <w:hyperlink r:id="rId586269912c9d9fa3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jenvman.2022.116896</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7253,51 +7253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of Mexico [Online]. 22+ vols. New York and Oxford. Vol. 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2008693ed776df15a" w:history="1">
+      <w:hyperlink r:id="rId596369912c9d9fb6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floranorthamerica.org/Ageratina_adenophora</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7570,51 +7570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecology and Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">497</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1924693ed776df35f" w:history="1">
+      <w:hyperlink r:id="rId444669912c9d9fdc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2021.119468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7658,51 +7658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas invasoras em Portugal (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3305693ed776df3f3" w:history="1">
+      <w:hyperlink r:id="rId109069912c9d9fe54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://invasoras.pt/en/invasive-plant/phytolacca–americana</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7737,81 +7737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Asteraceae): current state of knowledge and future research needs. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9817693ed776df472" w:history="1">
+      <w:hyperlink r:id="rId781569912c9d9fed4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/wre.12351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8423693ed776df4a4" w:history="1">
+      <w:hyperlink r:id="rId505069912c9d9ff07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 04 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7917,51 +7917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Sciences </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 11581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1689693ed776df58e" w:history="1">
+      <w:hyperlink r:id="rId160169912c9d9ffff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms222111581</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8435,51 +8435,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 72–80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4241693ed776df8c6" w:history="1">
+      <w:hyperlink r:id="rId732969912c9da0378" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/wre.12238</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8601,90 +8601,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RK Kohli), 43–56. CABI, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2022) The PLANTS Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2802693ed776df9ce" w:history="1">
+      <w:hyperlink r:id="rId115269912c9da049e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA AMS (2022) State noxious-weed seed requirements recognised in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8889693ed776dfa1e" w:history="1">
+      <w:hyperlink r:id="rId980869912c9da04de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/State NoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8904,51 +8904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1291–1298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9480693ed776dfbca" w:history="1">
+      <w:hyperlink r:id="rId936469912c9da068f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11427-010-4080-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9357,51 +9357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–76. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5169693ed776dfea0" w:history="1">
+      <w:hyperlink r:id="rId886969912c9da096e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3180.1982.tb00145.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9652,73 +9652,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4709693ed776e00af" w:history="1">
+      <w:hyperlink r:id="rId507769912c9da0b81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9774,51 +9774,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 616-623. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8816693ed776e0155" w:history="1">
+      <w:hyperlink r:id="rId415969912c9da0c2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9914,137 +9914,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32784852">
+  <w:abstractNum w:abstractNumId="84143021">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14122272">
+    <w:lvl w:ilvl="0" w:tplc="16113624">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14122272" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16113624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14122272" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16113624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14122272" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16113624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14122272" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16113624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14122272" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16113624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14122272" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16113624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14122272" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16113624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14122272" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16113624" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32784851">
+  <w:abstractNum w:abstractNumId="84143020">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59143069">
+    <w:lvl w:ilvl="0" w:tplc="71955392">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10796,55 +10796,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32784851">
-    <w:abstractNumId w:val="32784851"/>
+  <w:num w:numId="84143020">
+    <w:abstractNumId w:val="84143020"/>
   </w:num>
-  <w:num w:numId="32784852">
-    <w:abstractNumId w:val="32784852"/>
+  <w:num w:numId="84143021">
+    <w:abstractNumId w:val="84143021"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22394,51 +22394,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId496459975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId891586176" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5868693ed776dac8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/" TargetMode="External"/><Relationship Id="rId3730693ed776dacd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/categorization" TargetMode="External"/><Relationship Id="rId8614693ed776db3dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/photos" TargetMode="External"/><Relationship Id="rId6020693ed776de29c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplants.gr/" TargetMode="External"/><Relationship Id="rId6203693ed776de3a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.daff.gov.au" TargetMode="External"/><Relationship Id="rId6419693ed776de49f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calipc.org/plants/profile/ageratina-adenophora-profile/" TargetMode="External"/><Relationship Id="rId7534693ed776de4d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf" TargetMode="External"/><Relationship Id="rId2218693ed776de505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://simethis.eu" TargetMode="External"/><Relationship Id="rId1347693ed776de5b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.%20org/10.1038/s41598-021-92791-y" TargetMode="External"/><Relationship Id="rId4998693ed776de717" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weeds.dpi.nsw.gov.au/Weeds/Details/47" TargetMode="External"/><Relationship Id="rId2259693ed776de8f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId9931693ed776de94a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/documents" TargetMode="External"/><Relationship Id="rId7984693ed776de97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId7391693ed776debfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382" TargetMode="External"/><Relationship Id="rId7336693ed776df02b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jenvman.2022.116896" TargetMode="External"/><Relationship Id="rId2008693ed776df15a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floranorthamerica.org/Ageratina_adenophora" TargetMode="External"/><Relationship Id="rId1924693ed776df35f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2021.119468" TargetMode="External"/><Relationship Id="rId3305693ed776df3f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://invasoras.pt/en/invasive-plant/phytolacca%E2%80%93americana." TargetMode="External"/><Relationship Id="rId9817693ed776df472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12351" TargetMode="External"/><Relationship Id="rId8423693ed776df4a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId1689693ed776df58e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms222111581" TargetMode="External"/><Relationship Id="rId4241693ed776df8c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12238" TargetMode="External"/><Relationship Id="rId2802693ed776df9ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId8889693ed776dfa1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/State%20NoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId9480693ed776dfbca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11427-010-4080-7" TargetMode="External"/><Relationship Id="rId5169693ed776dfea0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3180.1982.tb00145.x" TargetMode="External"/><Relationship Id="rId4709693ed776e00af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8816693ed776e0155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12955" TargetMode="External"/><Relationship Id="rId5639693ed776db2e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5639693ed776db2e2.jpg"/><Relationship Id="rId5152693ed776dc6fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5152693ed776dc6fd.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId710202070" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId803864066" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId853869912c9d9b98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/" TargetMode="External"/><Relationship Id="rId837269912c9d9b9d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/categorization" TargetMode="External"/><Relationship Id="rId788669912c9d9c209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/photos" TargetMode="External"/><Relationship Id="rId967069912c9d9ec91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplants.gr/" TargetMode="External"/><Relationship Id="rId352469912c9d9ed9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.daff.gov.au" TargetMode="External"/><Relationship Id="rId759169912c9d9ee9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calipc.org/plants/profile/ageratina-adenophora-profile/" TargetMode="External"/><Relationship Id="rId165569912c9d9eed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf" TargetMode="External"/><Relationship Id="rId873569912c9d9ef05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://simethis.eu" TargetMode="External"/><Relationship Id="rId761169912c9d9efb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.%20org/10.1038/s41598-021-92791-y" TargetMode="External"/><Relationship Id="rId236569912c9d9f11e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weeds.dpi.nsw.gov.au/Weeds/Details/47" TargetMode="External"/><Relationship Id="rId212169912c9d9f30c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId361169912c9d9f35e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/documents" TargetMode="External"/><Relationship Id="rId292869912c9d9f394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId849269912c9d9f61a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382" TargetMode="External"/><Relationship Id="rId586269912c9d9fa3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jenvman.2022.116896" TargetMode="External"/><Relationship Id="rId596369912c9d9fb6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floranorthamerica.org/Ageratina_adenophora" TargetMode="External"/><Relationship Id="rId444669912c9d9fdc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2021.119468" TargetMode="External"/><Relationship Id="rId109069912c9d9fe54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://invasoras.pt/en/invasive-plant/phytolacca%E2%80%93americana." TargetMode="External"/><Relationship Id="rId781569912c9d9fed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12351" TargetMode="External"/><Relationship Id="rId505069912c9d9ff07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId160169912c9d9ffff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms222111581" TargetMode="External"/><Relationship Id="rId732969912c9da0378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12238" TargetMode="External"/><Relationship Id="rId115269912c9da049e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId980869912c9da04de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/State%20NoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId936469912c9da068f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11427-010-4080-7" TargetMode="External"/><Relationship Id="rId886969912c9da096e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3180.1982.tb00145.x" TargetMode="External"/><Relationship Id="rId507769912c9da0b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId415969912c9da0c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12955" TargetMode="External"/><Relationship Id="rId344069912c9d9c0b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId344069912c9d9c0b0.jpg"/><Relationship Id="rId453369912c9d9cfe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId453369912c9d9cfe3.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>