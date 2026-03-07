--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -292,88 +292,88 @@
               <w:t xml:space="preserve"> Kunth</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Crofton weed (AU), Mexican devil, pamakani (US), sticky eupatorium (US), sticky snakewort, white thoroughwort</w:t>
             </w:r>
-            <w:hyperlink r:id="rId853869912c9d9b98e" w:history="1">
+            <w:hyperlink r:id="rId554969abcb32b87bf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
-            <w:hyperlink r:id="rId837269912c9d9b9d3" w:history="1">
+            <w:hyperlink r:id="rId968669abcb32b8803" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -387,86 +387,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> EUPAD</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="70538153" name="name929669912c9d9c0b1" descr="14475.jpg"/>
+                  <wp:docPr id="74355584" name="name403069abcb32b8e8b" descr="14475.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14475.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId344069912c9d9c0b0" cstate="print"/>
+                          <a:blip r:embed="rId324569abcb32b8e88" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId788669912c9d9c209" w:history="1">
+            <w:hyperlink r:id="rId563369abcb32b8fe2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
@@ -833,63 +833,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (2005) mention its presence in Lourizán, in the same province.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86324577" name="name254769912c9d9cfe7" descr="EUPAD_distribution_map.jpg"/>
+            <wp:docPr id="58441710" name="name492069abcb32b9e74" descr="EUPAD_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="EUPAD_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId453369912c9d9cfe3" cstate="print"/>
+                    <a:blip r:embed="rId346669abcb32b9e6f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4950,51 +4950,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">REFERENCES</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Alien Plants in Greece (2023) Alien Plants in Greece: A web-based platform. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId967069912c9d9ec91" w:history="1">
+      <w:hyperlink r:id="rId942269abcb32bc0f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.alienplants.gr/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5109,51 +5109,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Commonwealth of Australia.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352469912c9d9ed9a" w:history="1">
+      <w:hyperlink r:id="rId237969abcb32bc23d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.daff.gov.au</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5264,111 +5264,111 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CALIPC (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId759169912c9d9ee9d" w:history="1">
+      <w:hyperlink r:id="rId413769abcb32bc37b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.calipc.org/plants/profile/ageratina-adenophora-profile/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Catálogo Español de Especies Exóticas Invasoras (2013) Real Decreto 630/2013, de 2 de agosto, por el que se regula el Catálogo español de especies exóticas invasoras. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165569912c9d9eed2" w:history="1">
+      <w:hyperlink r:id="rId552169abcb32bc3b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Conservatoire botanique national méditerranéen (2023) SIMETHIS - module Flore [online]. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId873569912c9d9ef05" w:history="1">
+      <w:hyperlink r:id="rId666269abcb32bc3e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://simethis.eu</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 06 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -5434,51 +5434,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 13663. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761169912c9d9efb4" w:history="1">
+      <w:hyperlink r:id="rId784669abcb32bc502" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-021-92791-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5660,51 +5660,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Department of Primary Industries, Australia (2022) Crofton Weed (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId236569912c9d9f11e" w:history="1">
+      <w:hyperlink r:id="rId781869abcb32bc6ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://weeds.dpi.nsw.gov.au/Weeds/Details/47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5955,131 +5955,131 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">coul. ; gr. in-8.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023a) EPPO Global Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212169912c9d9f30c" w:history="1">
+      <w:hyperlink r:id="rId823969abcb32bc9f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2023b) EPPO Technical Document No. 1090. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pest Risk Analysis for Ageratina adenophora </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO, Paris. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361169912c9d9f35e" w:history="1">
+      <w:hyperlink r:id="rId981369abcb32bca47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/EUPAD/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Commission (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId292869912c9d9f394" w:history="1">
+      <w:hyperlink r:id="rId628869abcb32bcb4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6410,51 +6410,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 201–222.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Herbario Nacional de México (MEXU, 2005) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId849269912c9d9f61a" w:history="1">
+      <w:hyperlink r:id="rId487669abcb32bce11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7063,51 +7063,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Environmental Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">327</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId586269912c9d9fa3b" w:history="1">
+      <w:hyperlink r:id="rId361469abcb32bd281" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.jenvman.2022.116896</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7253,51 +7253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">of Mexico [Online]. 22+ vols. New York and Oxford. Vol. 3.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId596369912c9d9fb6d" w:history="1">
+      <w:hyperlink r:id="rId910169abcb32bd495" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://floranorthamerica.org/Ageratina_adenophora</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7570,51 +7570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ecology and Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">497</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId444669912c9d9fdc3" w:history="1">
+      <w:hyperlink r:id="rId493669abcb32bd730" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.foreco.2021.119468</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7658,51 +7658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plantas invasoras em Portugal (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId109069912c9d9fe54" w:history="1">
+      <w:hyperlink r:id="rId938469abcb32bd7eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://invasoras.pt/en/invasive-plant/phytolacca–americana</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 29 November 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7737,81 +7737,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Asteraceae): current state of knowledge and future research needs. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Weed Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781569912c9d9fed4" w:history="1">
+      <w:hyperlink r:id="rId949669abcb32bd871" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/wre.12351</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Facilitated by the Royal Botanic Gardens, Kew. Published on the Internet. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505069912c9d9ff07" w:history="1">
+      <w:hyperlink r:id="rId827469abcb32bd8ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.plantsoftheworldonline.org/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 04 January 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7917,51 +7917,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Sciences </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 11581. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId160169912c9d9ffff" w:history="1">
+      <w:hyperlink r:id="rId256269abcb32bda55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms222111581</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8435,51 +8435,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 72–80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732969912c9da0378" w:history="1">
+      <w:hyperlink r:id="rId346669abcb32bde21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/wre.12238</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8601,90 +8601,90 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">RK Kohli), 43–56. CABI, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA, NRCS (2022) The PLANTS Database. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId115269912c9da049e" w:history="1">
+      <w:hyperlink r:id="rId177569abcb32bdf35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://plants.usda.gov</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [accessed on 27 December 2022].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA AMS (2022) State noxious-weed seed requirements recognised in the administration of the Federal Seed Act. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId980869912c9da04de" w:history="1">
+      <w:hyperlink r:id="rId686569abcb32bdf76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ams.usda.gov/sites/default/files/media/State NoxiousWeedsSeedList.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8904,51 +8904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1291–1298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936469912c9da068f" w:history="1">
+      <w:hyperlink r:id="rId494069abcb32be128" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11427-010-4080-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9357,51 +9357,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 69–76. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886969912c9da096e" w:history="1">
+      <w:hyperlink r:id="rId379769abcb32be459" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3180.1982.tb00145.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9674,51 +9674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ageratina adenophora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId507769912c9da0b81" w:history="1">
+      <w:hyperlink r:id="rId147769abcb32be764" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -9774,51 +9774,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 616-623. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415969912c9da0c2a" w:history="1">
+      <w:hyperlink r:id="rId886569abcb32be82f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12955</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
       <w:pgMar w:top="1100" w:right="1100" w:bottom="1100" w:left="1100" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708" w:num="1"/>
@@ -9914,137 +9914,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84143021">
+  <w:abstractNum w:abstractNumId="33246930">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16113624">
+    <w:lvl w:ilvl="0" w:tplc="97353987">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16113624" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97353987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16113624" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97353987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16113624" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97353987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16113624" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97353987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16113624" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97353987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16113624" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97353987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16113624" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97353987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16113624" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97353987" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84143020">
+  <w:abstractNum w:abstractNumId="33246929">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71955392">
+    <w:lvl w:ilvl="0" w:tplc="74601006">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -10796,55 +10796,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84143020">
-    <w:abstractNumId w:val="84143020"/>
+  <w:num w:numId="33246929">
+    <w:abstractNumId w:val="33246929"/>
   </w:num>
-  <w:num w:numId="84143021">
-    <w:abstractNumId w:val="84143021"/>
+  <w:num w:numId="33246930">
+    <w:abstractNumId w:val="33246930"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -22394,51 +22394,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId710202070" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId803864066" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId853869912c9d9b98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/" TargetMode="External"/><Relationship Id="rId837269912c9d9b9d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/categorization" TargetMode="External"/><Relationship Id="rId788669912c9d9c209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/photos" TargetMode="External"/><Relationship Id="rId967069912c9d9ec91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplants.gr/" TargetMode="External"/><Relationship Id="rId352469912c9d9ed9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.daff.gov.au" TargetMode="External"/><Relationship Id="rId759169912c9d9ee9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calipc.org/plants/profile/ageratina-adenophora-profile/" TargetMode="External"/><Relationship Id="rId165569912c9d9eed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf" TargetMode="External"/><Relationship Id="rId873569912c9d9ef05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://simethis.eu" TargetMode="External"/><Relationship Id="rId761169912c9d9efb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.%20org/10.1038/s41598-021-92791-y" TargetMode="External"/><Relationship Id="rId236569912c9d9f11e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weeds.dpi.nsw.gov.au/Weeds/Details/47" TargetMode="External"/><Relationship Id="rId212169912c9d9f30c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId361169912c9d9f35e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/documents" TargetMode="External"/><Relationship Id="rId292869912c9d9f394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId849269912c9d9f61a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382" TargetMode="External"/><Relationship Id="rId586269912c9d9fa3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jenvman.2022.116896" TargetMode="External"/><Relationship Id="rId596369912c9d9fb6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floranorthamerica.org/Ageratina_adenophora" TargetMode="External"/><Relationship Id="rId444669912c9d9fdc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2021.119468" TargetMode="External"/><Relationship Id="rId109069912c9d9fe54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://invasoras.pt/en/invasive-plant/phytolacca%E2%80%93americana." TargetMode="External"/><Relationship Id="rId781569912c9d9fed4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12351" TargetMode="External"/><Relationship Id="rId505069912c9d9ff07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId160169912c9d9ffff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms222111581" TargetMode="External"/><Relationship Id="rId732969912c9da0378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12238" TargetMode="External"/><Relationship Id="rId115269912c9da049e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId980869912c9da04de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/State%20NoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId936469912c9da068f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11427-010-4080-7" TargetMode="External"/><Relationship Id="rId886969912c9da096e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3180.1982.tb00145.x" TargetMode="External"/><Relationship Id="rId507769912c9da0b81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId415969912c9da0c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12955" TargetMode="External"/><Relationship Id="rId344069912c9d9c0b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId344069912c9d9c0b0.jpg"/><Relationship Id="rId453369912c9d9cfe3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId453369912c9d9cfe3.jpg"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId123902456" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId286726963" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId554969abcb32b87bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/" TargetMode="External"/><Relationship Id="rId968669abcb32b8803" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/categorization" TargetMode="External"/><Relationship Id="rId563369abcb32b8fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/photos" TargetMode="External"/><Relationship Id="rId942269abcb32bc0f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alienplants.gr/" TargetMode="External"/><Relationship Id="rId237969abcb32bc23d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.daff.gov.au" TargetMode="External"/><Relationship Id="rId413769abcb32bc37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.calipc.org/plants/profile/ageratina-adenophora-profile/" TargetMode="External"/><Relationship Id="rId552169abcb32bc3b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.boe.es/buscar/pdf/2013/BOE-A-2013-8565-consolidado.pdf" TargetMode="External"/><Relationship Id="rId666269abcb32bc3e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://simethis.eu" TargetMode="External"/><Relationship Id="rId784669abcb32bc502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.%20org/10.1038/s41598-021-92791-y" TargetMode="External"/><Relationship Id="rId781869abcb32bc6ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://weeds.dpi.nsw.gov.au/Weeds/Details/47" TargetMode="External"/><Relationship Id="rId823969abcb32bc9f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/" TargetMode="External"/><Relationship Id="rId981369abcb32bca47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/EUPAD/documents" TargetMode="External"/><Relationship Id="rId628869abcb32bcb4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId487669abcb32bce11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://datosabiertos.unam.mx/IBUNAM:MEXU:1172382" TargetMode="External"/><Relationship Id="rId361469abcb32bd281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.jenvman.2022.116896" TargetMode="External"/><Relationship Id="rId910169abcb32bd495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://floranorthamerica.org/Ageratina_adenophora" TargetMode="External"/><Relationship Id="rId493669abcb32bd730" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.foreco.2021.119468" TargetMode="External"/><Relationship Id="rId938469abcb32bd7eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://invasoras.pt/en/invasive-plant/phytolacca%E2%80%93americana." TargetMode="External"/><Relationship Id="rId949669abcb32bd871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12351" TargetMode="External"/><Relationship Id="rId827469abcb32bd8ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.plantsoftheworldonline.org/" TargetMode="External"/><Relationship Id="rId256269abcb32bda55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms222111581" TargetMode="External"/><Relationship Id="rId346669abcb32bde21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/wre.12238" TargetMode="External"/><Relationship Id="rId177569abcb32bdf35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://plants.usda.gov" TargetMode="External"/><Relationship Id="rId686569abcb32bdf76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ams.usda.gov/sites/default/files/media/State%20NoxiousWeedsSeedList.pdf" TargetMode="External"/><Relationship Id="rId494069abcb32be128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11427-010-4080-7" TargetMode="External"/><Relationship Id="rId379769abcb32be459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3180.1982.tb00145.x" TargetMode="External"/><Relationship Id="rId147769abcb32be764" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId886569abcb32be82f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12955" TargetMode="External"/><Relationship Id="rId324569abcb32b8e88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId324569abcb32b8e88.jpg"/><Relationship Id="rId346669abcb32b9e6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId346669abcb32b9e6f.jpg"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>