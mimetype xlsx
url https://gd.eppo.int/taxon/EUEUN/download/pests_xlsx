--- v0 (2025-10-09)
+++ v1 (2026-03-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EUEUN" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="69">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="67">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECWO</t>
   </si>
   <si>
     <t>Aleurocanthus woglumi</t>
   </si>
   <si>
     <t>* Dowell RV, Steinberg B (1990) Development and survival of immature citrus blackfly (Homoptera:Aleyrodidae) on twenty-three plant species. Annals of the Entomological Society of America 72(6), 721-724.
 * Shaw JG (1950) Hosts of the citrus blackfly in Mexico. United States Bureau of Entomology and Plant Quarantine. E-793, 3 pp.
 ------- In Mexico, A. woglumi does not complete one generation on this host.</t>
@@ -82,57 +82,50 @@
   <si>
     <t>Anastrepha striata</t>
   </si>
   <si>
     <t>* Zucchi RA, Da Silva NM, Neto SS (1996) Anastrepha species from the Brazilian Amazon: distribution, hosts, and lectotype designations. In Fruit Fly Pests (pp. 259-264). CRC Press.</t>
   </si>
   <si>
     <t>ATHEOR</t>
   </si>
   <si>
     <t>Atherigona orientalis</t>
   </si>
   <si>
     <t xml:space="preserve">* Hibbard KL, Overholt WA, Cuda JP (2012) Pepper fruit fly Atherigona orientalis (Schiffner)(Insecta: Diptera: Muscidae). IFAS Extension. University of Florida EENY 5391.
 ------- reared from fruit of this species in Florida. </t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t xml:space="preserve">* Coutinho TA,  Wingfield MJ,  Alfenas AC, Crous PW (1998) Eucalyptus rust: A disease with the potential for serious international implications. Plant Disease 82(7), 819-825.
 * Graça RN, Ross-Davis AL, Klopfenstein NB, Kim MS, Peever TL, Cannon PG, Aun CP, Mizubuti ESG, Alfenas AC (2013) Rust disease of eucalypts, caused by Puccinia psidii, did not originate via host jump from guava in Brazil. Molecular Ecology. 22 (24), 6033-6047. </t>
-  </si>
-[...4 lines deleted...]
-    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
-------- Eugenia balansae, Eugenia brongniartiana, Eugenia bullata, Eugenia daenikeri, Eugenia excorticata, Eugenia gacognei, Eugenia, hurlimannii, Eugenia mouensis, Eugenia munzingeri, Eugenia noumeensis, Eugenia ovigera, Eugenia paludosa</t>
   </si>
   <si>
     <t>BCTRCB</t>
   </si>
   <si>
     <t>Bactrocera carambolae</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Drew RAI., Hamacek EL., Hancock DL., Hengsawad C, Jipanin JC, Jirasurat M, Kong Krong C, Kritsaneepaiboon S, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in South East Asia. The Raffles Bulletin of Zoology suppl 7, 1-92.
 *Almeida RD, Cruz KR, Miranda de Sousa MD, Vilar da Costa-Neto S, Ramos de Jesus-Barros C, Lima AL, Adaime R (2016) Frugivorous flies (Diptera: Tephritidae, Lonchaeidae) associated with fruit production on Ilha de Santana, Brazilian Amazon. Florida Entomologist 99(3):426-436.
 ------- confirmed host
 * Liquido NJ, McQuate GT, Nakamichi KA, Kurashima RS, Birnbaum AL, Hanlin MA (2016) Provisional list of suitable host plants of carambola fruit fly, Bactrocera (Bactrocera) carambolae Drew &amp; Hancock (Diptera: Tephritidae), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI).
 * van Sauers-Muller A (2005) Host plants of the carambola fruit fly, Bactrocera carambolae Drew &amp; Hancock (Diptera: Tephritidae) in Suriname, South America. Neotropical Entomology 34, 203-214.</t>
   </si>
   <si>
     <t>DACUCR</t>
   </si>
   <si>
     <t>Bactrocera curvipennis</t>
   </si>
   <si>
     <t>* Leblanc L (2022) The dacine fruit flies (Diptera: Tephritidae: Dacini) of Oceania. Insecta Mundi 0948, 1-167. https://journals.flvc.org/mundi/article/view/131965/135549</t>
   </si>
   <si>
     <t>DACUDO</t>
@@ -593,51 +586,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D23"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="41.133" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="367.91" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -710,265 +703,251 @@
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>22</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="D11" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
-[...1 lines deleted...]
-      <c r="D15" t="s">
         <v>44</v>
       </c>
+      <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
         <v>45</v>
       </c>
       <c r="C16" t="s">
         <v>46</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>4</v>
+        <v>57</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="C20" t="s">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>60</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B22" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
       <c r="C22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="D22" t="s">
-        <v>65</v>
-[...6 lines deleted...]
-      <c r="B23" t="s">
         <v>66</v>
-      </c>
-[...4 lines deleted...]
-        <v>68</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">