--- v0 (2025-10-07)
+++ v1 (2026-03-15)
@@ -50,55 +50,54 @@
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ANSTOB</t>
   </si>
   <si>
     <t>Anastrepha obliqua</t>
   </si>
   <si>
     <t>* Rodriguez EJ, Norrbom AL, Steck GJ, Moore MR, Sutton BD, Ruiz-Arce R, Wiegmann BM, Cassel B, Nolazco N, Muller A, Gangadin A (2023) New host plant and distribution records of Anastrepha species (Diptera: Tephritidae) primarily from the Western Amazon. Proceedings of the Entomological Society of Washington 125(1), 89-164.</t>
   </si>
   <si>
     <t>ANSTST</t>
   </si>
   <si>
     <t>Anastrepha striata</t>
   </si>
   <si>
     <t>* Zucchi RA, Da Silva NM, Neto SS (1996) Anastrepha species from the Brazilian Amazon: distribution, hosts, and lectotype designations. In Fruit Fly Pests (pp. 259-264). CRC Press.</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
-    <t>Austropuccinia psidii (as Eugenia)</t>
-[...2 lines deleted...]
-    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
-------- Eugenia balansae, Eugenia brongniartiana, Eugenia bullata, Eugenia daenikeri, Eugenia excorticata, Eugenia gacognei, Eugenia, hurlimannii, Eugenia mouensis, Eugenia munzingeri, Eugenia noumeensis, Eugenia ovigera, Eugenia paludosa</t>
+    <t>Austropuccinia psidii</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>BCTRCB</t>
   </si>
   <si>
     <t>Bactrocera carambolae</t>
   </si>
   <si>
     <t xml:space="preserve"> *Adaime R., de Jesus-Barros CR, Bariani A, Lopes Lima A, Cruz KR, Carvalho JP (2016) Novos registros de hospedeiros da mosca-da-carambola (Bactocera carambolae) no estado do Amapà, Brasil. Comunicado Técnico Embrapa Amapà 146, 1-5.
 * Liquido NJ, McQuate GT, Nakamichi KA, Kurashima RS, Birnbaum AL, Hanlin MA (2016) Provisional list of suitable host plants of carambola fruit fly, Bactrocera (Bactrocera) carambolae Drew &amp; Hancock (Diptera: Tephritidae), Version 1.1. Available online at USDA Compendium of Fruit Fly Host Information (CoFFHI).</t>
   </si>
   <si>
     <t>VINSST</t>
   </si>
   <si>
     <t>Ceroplastes stellifer (as Eugenia)</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>