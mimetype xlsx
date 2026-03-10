--- v0 (2025-10-11)
+++ v1 (2026-03-10)
@@ -35,51 +35,52 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Bernardi C, Rey MS, Junior AW, Rosa VD, Stefeni AR, Garay IA, Lima NB (2023) First report of myrtle rust caused by Austropuccinia psidii on Myrcianthes pungens (O. Berg) D. Legrand in Paraná state, Brazil. Plant Disease (early view). https://doi.org/10.1094/PDIS-03-23-0591-PDN</t>
+    <t>* Bernardi C, Rey MS, Junior AW, Rosa VD, Stefeni AR, Garay IA, Lima NB (2023) First report of myrtle rust caused by Austropuccinia psidii on Myrcianthes pungens (O. Berg) D. Legrand in Paraná state, Brazil. Plant Disease (early view). https://doi.org/10.1094/PDIS-03-23-0591-PDN
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Ovruski S, Schliserman P, Aluja M (2003) Native and introduced host plants of Anastrepha fraterculus and Ceratitis capitata (Diptera: Tephritidae) in northwestern Argentina. Journal of Economic Entomology 96(4), 1108-1118.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Garcia FRM, Norrbom AL (2011) Tephritoid flies (Diptera, Tephritoidea) and their plant hosts from the state of Santa Catarina in southern Brazil. Florida Entomologist 94, 151–157.
 * Ovruski S, Schliserman P, Aluja M (2003) Native and introduced host plants of Anastrepha fraterculus and Ceratitis capitata (Diptera: Tephritidae) in northwestern Argentina. Journal of Economic Entomology 96, 1108–1118.
 * Putruele MTG (1996) Hosts for Ceratitis capitata and Anastrepha fraterculus in the northeastern Province of Entre Ríos, Argentina. In Fruit Fly Pests: A World Assessment of Their Biology and Management, BA McPheron &amp; GJ Steck (Eds.), pp. 343–345. St. Lucie Press, Delray Beach, FL.</t>
   </si>
 </sst>