--- v0 (2025-10-08)
+++ v1 (2026-03-18)
@@ -32,55 +32,54 @@
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="19">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
-    <t>Austropuccinia psidii (as Eugenia)</t>
-[...2 lines deleted...]
-    <t>* Soewarto J, Carriconde F, Hugot N, Bocs S, Hamelin C, Maggia L (2017) Impact of Austropuccinia psidii in New Caledonia, a biodiversity hotspot. Forest Pathology 48(2), e12402.
-------- Eugenia balansae, Eugenia brongniartiana, Eugenia bullata, Eugenia daenikeri, Eugenia excorticata, Eugenia gacognei, Eugenia, hurlimannii, Eugenia mouensis, Eugenia munzingeri, Eugenia noumeensis, Eugenia ovigera, Eugenia paludosa</t>
+    <t>Austropuccinia psidii</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.</t>
   </si>
   <si>
     <t>CERTCA</t>
   </si>
   <si>
     <t>Ceratitis capitata</t>
   </si>
   <si>
     <t>* Raga, A, Amaro Machado R, de Souza Filho MF, Eidi Sato M, Cássio Siloto R (2005) Tephritoidea (Diptera) species from Myrtaceae fruits in the State of São Paulo, Brazil. Entomotropica 20(1), 11-14.</t>
   </si>
   <si>
     <t>VINSST</t>
   </si>
   <si>
     <t>Ceroplastes stellifer (as Eugenia)</t>
   </si>
   <si>
     <t>DROSSU</t>
   </si>
   <si>
     <t>Drosophila suzukii</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>