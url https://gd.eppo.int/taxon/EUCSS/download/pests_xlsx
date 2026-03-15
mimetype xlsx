--- v0 (2025-10-19)
+++ v1 (2026-03-15)
@@ -12,95 +12,104 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EUCSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="106">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>XANTFF</t>
   </si>
   <si>
     <t>Xanthomonas citri pv. fuscans</t>
   </si>
   <si>
     <t>* Ferraz HG, Badel JL, Neves YF, Eloi AC, Vidigal PM, Guimaraes LM, Alfenas AC (2024) Xanthomonas species causing leaf blight on eucalypt plants in Brazil and transfer of Xanthomonas axonopodis pv. eucalyptorum to Xanthomonas citri pv. eucalyptorum comb. nov. Plant Pathology 73(3), 677-691.</t>
   </si>
   <si>
     <t>XANTEU</t>
   </si>
   <si>
     <t>Xanthomonas euvesicatoria pv. euvesicatoria</t>
   </si>
   <si>
     <t>XANTPF</t>
   </si>
   <si>
     <t>Xanthomonas euvesicatoria pv. perforans</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>PUCCPS</t>
+  </si>
+  <si>
+    <t>Austropuccinia psidii (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>* More than 110 Eucalyptus species are hosts, not excluded that some other Eucalyptus species also are (2026-03).</t>
   </si>
   <si>
     <t>BLSPOC</t>
   </si>
   <si>
     <t>Blastopsylla occidentalis (as Eucalyptus)</t>
   </si>
   <si>
     <t>CERAFI</t>
   </si>
   <si>
     <t>Ceratocystis fimbriata (as Eucalyptus)</t>
   </si>
   <si>
     <t>* Roux J, Wingfield MJ, Bouillet JP, Wingfield BD, Alfenas AC (2000) A serious new wilt disease of Eucalyptus caused by Ceratocystis fimbriata in Central Africa. Forest Pathology, 30(3), 175-184.</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t>* Rudolph EA, Wiman NG (2023) Insights from specimen data for two economic Chrysobothris species (Coleoptera: Buprestidae) in the western United States. Annals of the Entomological Society of America (early view). https://doi.org/10.1093/aesa/saad009
 ------- Study on museum specimen labels (no details on the association type).</t>
@@ -685,51 +694,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D40"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -777,259 +786,259 @@
         <v>7</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>12</v>
       </c>
       <c r="B5" t="s">
         <v>13</v>
       </c>
       <c r="C5" t="s">
         <v>14</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>12</v>
       </c>
       <c r="B6" t="s">
         <v>15</v>
       </c>
       <c r="C6" t="s">
         <v>16</v>
       </c>
-      <c r="D6"/>
+      <c r="D6" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D7" t="s">
         <v>19</v>
       </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>12</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
         <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>12</v>
       </c>
       <c r="B9" t="s">
         <v>23</v>
       </c>
       <c r="C9" t="s">
         <v>24</v>
       </c>
       <c r="D9" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>12</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C12" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D12" t="s">
         <v>32</v>
       </c>
+      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>12</v>
       </c>
       <c r="B13" t="s">
         <v>33</v>
       </c>
       <c r="C13" t="s">
         <v>34</v>
       </c>
       <c r="D13" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>12</v>
       </c>
       <c r="B14" t="s">
         <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>12</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C15" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>12</v>
       </c>
       <c r="B16" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="C16" t="s">
-        <v>41</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>42</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>12</v>
       </c>
       <c r="B17" t="s">
         <v>43</v>
       </c>
       <c r="C17" t="s">
         <v>44</v>
       </c>
       <c r="D17" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>12</v>
       </c>
       <c r="B18" t="s">
         <v>46</v>
       </c>
       <c r="C18" t="s">
         <v>47</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>12</v>
       </c>
       <c r="B19" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="C19" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>12</v>
       </c>
       <c r="B20" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C20" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>12</v>
       </c>
       <c r="B21" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="C21" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>12</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>56</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>12</v>
       </c>
       <c r="B23" t="s">
         <v>57</v>
       </c>
       <c r="C23" t="s">
         <v>58</v>
       </c>
       <c r="D23" t="s">
         <v>59</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>12</v>
       </c>
       <c r="B24" t="s">
         <v>60</v>
       </c>
       <c r="C24" t="s">
         <v>61</v>
       </c>
@@ -1053,210 +1062,224 @@
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>12</v>
       </c>
       <c r="B26" t="s">
         <v>66</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
       <c r="D26" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>12</v>
       </c>
       <c r="B27" t="s">
         <v>69</v>
       </c>
       <c r="C27" t="s">
         <v>70</v>
       </c>
-      <c r="D27"/>
+      <c r="D27" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>12</v>
       </c>
       <c r="B28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C28" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D28" t="s">
         <v>73</v>
       </c>
+      <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>12</v>
       </c>
       <c r="B29" t="s">
         <v>74</v>
       </c>
       <c r="C29" t="s">
         <v>75</v>
       </c>
       <c r="D29" t="s">
         <v>76</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>12</v>
       </c>
       <c r="B30" t="s">
         <v>77</v>
       </c>
       <c r="C30" t="s">
         <v>78</v>
       </c>
       <c r="D30" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>12</v>
       </c>
       <c r="B31" t="s">
         <v>80</v>
       </c>
       <c r="C31" t="s">
         <v>81</v>
       </c>
-      <c r="D31"/>
+      <c r="D31" t="s">
+        <v>82</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>12</v>
       </c>
       <c r="B32" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C32" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>12</v>
       </c>
       <c r="B33" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C33" t="s">
-        <v>85</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>86</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>12</v>
       </c>
       <c r="B34" t="s">
         <v>87</v>
       </c>
       <c r="C34" t="s">
         <v>88</v>
       </c>
       <c r="D34" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>12</v>
+      </c>
+      <c r="B35" t="s">
         <v>90</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>91</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>92</v>
-      </c>
-[...1 lines deleted...]
-        <v>93</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B36" t="s">
         <v>94</v>
       </c>
       <c r="C36" t="s">
         <v>95</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B37" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="C37" t="s">
-        <v>97</v>
-[...1 lines deleted...]
-      <c r="D37" t="s">
         <v>98</v>
       </c>
+      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B38" t="s">
         <v>99</v>
       </c>
       <c r="C38" t="s">
         <v>100</v>
       </c>
-      <c r="D38"/>
+      <c r="D38" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="B39" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C39" t="s">
-        <v>102</v>
-[...2 lines deleted...]
-        <v>56</v>
+        <v>103</v>
+      </c>
+      <c r="D39"/>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>93</v>
+      </c>
+      <c r="B40" t="s">
+        <v>104</v>
+      </c>
+      <c r="C40" t="s">
+        <v>105</v>
+      </c>
+      <c r="D40" t="s">
+        <v>59</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">