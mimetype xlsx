--- v0 (2025-10-14)
+++ v1 (2026-03-05)
@@ -12,71 +12,87 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EUCRB" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="75">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>PUCCPS</t>
+  </si>
+  <si>
+    <t>Austropuccinia psidii</t>
+  </si>
+  <si>
+    <t>* Potts BM, Sandhu KS, Wardlaw T, Freeman J, Li Haifeng, Tilyard P, Park RF (2016) Evolutionary history shapes the susceptibility of an island tree flora to an exotic pathogen. Forest Ecology and Management. 368, 183-193
+------- as subsp. rubida</t>
+  </si>
+  <si>
+    <t>Austropuccinia psidii (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>* More than 110 Eucalyptus species are hosts, not excluded that some other Eucalyptus species also are (2026-03).</t>
   </si>
   <si>
     <t>BLSPOC</t>
   </si>
   <si>
     <t>Blastopsylla occidentalis (as Eucalyptus)</t>
   </si>
   <si>
     <t>CERAFI</t>
   </si>
   <si>
     <t>Ceratocystis fimbriata (as Eucalyptus)</t>
   </si>
   <si>
     <t>* Roux J, Wingfield MJ, Bouillet JP, Wingfield BD, Alfenas AC (2000) A serious new wilt disease of Eucalyptus caused by Ceratocystis fimbriata in Central Africa. Forest Pathology, 30(3), 175-184.</t>
   </si>
   <si>
     <t>TORTPO</t>
   </si>
   <si>
     <t>Epiphyas postvittana (as Eucalyptus)</t>
   </si>
   <si>
     <t>EULC00</t>
   </si>
@@ -596,450 +612,478 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D30"/>
+  <dimension ref="A1:D32"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
       <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
-      <c r="D6"/>
+      <c r="D6" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D7" t="s">
         <v>18</v>
       </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>21</v>
       </c>
       <c r="C9" t="s">
         <v>22</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>23</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>25</v>
       </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
-      <c r="D11" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
+        <v>28</v>
+      </c>
+      <c r="C12" t="s">
         <v>29</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>30</v>
       </c>
-      <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
         <v>31</v>
       </c>
       <c r="C13" t="s">
         <v>32</v>
       </c>
-      <c r="D13"/>
+      <c r="D13" t="s">
+        <v>33</v>
+      </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>39</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
-      <c r="D17" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
+        <v>42</v>
+      </c>
+      <c r="C18" t="s">
         <v>43</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
+        <v>45</v>
+      </c>
+      <c r="C19" t="s">
         <v>46</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
+        <v>48</v>
+      </c>
+      <c r="C20" t="s">
         <v>49</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
+        <v>51</v>
+      </c>
+      <c r="C21" t="s">
         <v>52</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>53</v>
       </c>
-      <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
         <v>54</v>
       </c>
       <c r="C22" t="s">
         <v>55</v>
       </c>
       <c r="D22" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>57</v>
       </c>
       <c r="C23" t="s">
         <v>58</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>59</v>
       </c>
       <c r="C24" t="s">
         <v>60</v>
       </c>
-      <c r="D24"/>
+      <c r="D24" t="s">
+        <v>61</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>61</v>
+        <v>4</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>61</v>
+        <v>4</v>
       </c>
       <c r="B26" t="s">
+        <v>64</v>
+      </c>
+      <c r="C26" t="s">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>66</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B27" t="s">
         <v>67</v>
       </c>
       <c r="C27" t="s">
         <v>68</v>
       </c>
       <c r="D27" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>29</v>
+        <v>72</v>
       </c>
       <c r="C29" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="D29"/>
+        <v>73</v>
+      </c>
+      <c r="D29" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>61</v>
+        <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C30" t="s">
-        <v>74</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>76</v>
+      </c>
+      <c r="D30"/>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>66</v>
+      </c>
+      <c r="B31" t="s">
+        <v>34</v>
+      </c>
+      <c r="C31" t="s">
+        <v>77</v>
+      </c>
+      <c r="D31"/>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>66</v>
+      </c>
+      <c r="B32" t="s">
+        <v>78</v>
+      </c>
+      <c r="C32" t="s">
+        <v>79</v>
+      </c>
+      <c r="D32" t="s">
+        <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">