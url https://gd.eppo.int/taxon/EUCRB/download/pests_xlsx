--- v1 (2026-03-05)
+++ v2 (2026-03-25)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EUCRB" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="80">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="81">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Eucalyptus)</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
@@ -241,50 +241,54 @@
     <t>Teratosphaeria destructans (as Eucalyptus)</t>
   </si>
   <si>
     <t>THMCPE</t>
   </si>
   <si>
     <t>Thaumastocoris peregrinus (as Eucalyptus)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CTNREU</t>
   </si>
   <si>
     <t>Ctenarytaina eucalypti (as Eucalyptus)</t>
   </si>
   <si>
     <t>* Cavalcaselle B (1986) Les insectes nuisibles aux eucalyptus en Italie: importance des dégats et méthodes de lutte. Bulletin OEPP/EPPO Bulletin 16(2), 293-297.</t>
   </si>
   <si>
     <t>OPHEEU</t>
   </si>
   <si>
     <t>Ophelimus eucalypti (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>* Kavallieratos NG, Kontodimas DC, Anagnou-Veroniki M, Emmanouel NG (2006) First record of the gall inducing insect Ophelimus eucalypti (Gahan) (Hymenoptera: Chalcicoidea: Eulophidae) in Greece. Annals of the Benaki Phytopathological Institute (NS) 20, 125-128.
+* Pujade-Villar J, Riba-Flinch JM (2004) [Two Australian eulophids, very harmful to Eucalyptus spp., introduced into the north-east of the Iberian Peninsula (Hymenoptera: Eulophidae).]. Boletin SEA no. 35, 299-301.</t>
   </si>
   <si>
     <t>OPHEMA</t>
   </si>
   <si>
     <t>Ophelimus maskelli (as Eucalyptus)</t>
   </si>
   <si>
     <t>* Protasov A, la Salle J, Blumberg D, Brand D, Saphir N, Assael F, Fisher N, Mendel Z (2007) Biology, revised taxonomy and impact on host plants of Ophelimus maskelli, an invasive gall inducer on Eucalyptus spp. in the Mediterranean area. Phytoparasitica 35(1), 50-76.</t>
   </si>
   <si>
     <t>CPTHBI</t>
   </si>
   <si>
     <t>Paropsisterna bimaculata (as Eucalyptus)</t>
   </si>
   <si>
     <t>Paropsisterna selmani</t>
   </si>
   <si>
     <t>PHYTAC</t>
   </si>
   <si>
     <t>Phytophthora alticola (as Eucalyptus)</t>
   </si>
@@ -988,99 +992,101 @@
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>66</v>
       </c>
       <c r="B27" t="s">
         <v>67</v>
       </c>
       <c r="C27" t="s">
         <v>68</v>
       </c>
       <c r="D27" t="s">
         <v>69</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>66</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>66</v>
       </c>
       <c r="B29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>66</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C30" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>66</v>
       </c>
       <c r="B31" t="s">
         <v>34</v>
       </c>
       <c r="C31" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D31"/>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>66</v>
       </c>
       <c r="B32" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C32" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D32" t="s">
         <v>44</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>