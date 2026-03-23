--- v0 (2025-10-13)
+++ v1 (2026-03-23)
@@ -12,71 +12,80 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EUCKT" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>PUCCPS</t>
+  </si>
+  <si>
+    <t>Austropuccinia psidii (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>* More than 110 Eucalyptus species are hosts, not excluded that some other Eucalyptus species also are (2026-03).</t>
   </si>
   <si>
     <t>BLSPOC</t>
   </si>
   <si>
     <t>Blastopsylla occidentalis (as Eucalyptus)</t>
   </si>
   <si>
     <t>CERAFI</t>
   </si>
   <si>
     <t>Ceratocystis fimbriata (as Eucalyptus)</t>
   </si>
   <si>
     <t>* Roux J, Wingfield MJ, Bouillet JP, Wingfield BD, Alfenas AC (2000) A serious new wilt disease of Eucalyptus caused by Ceratocystis fimbriata in Central Africa. Forest Pathology, 30(3), 175-184.</t>
   </si>
   <si>
     <t>TORTPO</t>
   </si>
   <si>
     <t>Epiphyas postvittana (as Eucalyptus)</t>
   </si>
   <si>
     <t>EULC00</t>
   </si>
@@ -593,267 +602,267 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D29"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="C4" t="s">
-        <v>10</v>
-[...1 lines deleted...]
-      <c r="D4" t="s">
         <v>11</v>
       </c>
+      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
-      <c r="D5"/>
+      <c r="D5" t="s">
+        <v>14</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C7" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D7" t="s">
         <v>18</v>
       </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
         <v>19</v>
       </c>
       <c r="C8" t="s">
         <v>20</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>21</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
-[...1 lines deleted...]
-      <c r="D10" t="s">
         <v>25</v>
       </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
         <v>26</v>
       </c>
       <c r="C11" t="s">
         <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
         <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>30</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>31</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C13" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>39</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
       <c r="D17" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
@@ -877,154 +886,168 @@
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>49</v>
       </c>
       <c r="C20" t="s">
         <v>50</v>
       </c>
       <c r="D20" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>52</v>
       </c>
       <c r="C21" t="s">
         <v>53</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="C22" t="s">
-        <v>55</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>56</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
         <v>57</v>
       </c>
       <c r="C23" t="s">
         <v>58</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="C24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>61</v>
+        <v>4</v>
       </c>
       <c r="B25" t="s">
         <v>62</v>
       </c>
       <c r="C25" t="s">
         <v>63</v>
       </c>
-      <c r="D25" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B26" t="s">
         <v>65</v>
       </c>
       <c r="C26" t="s">
         <v>66</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B27" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C27" t="s">
-        <v>68</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>69</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B28" t="s">
         <v>70</v>
       </c>
       <c r="C28" t="s">
         <v>71</v>
       </c>
-      <c r="D28"/>
+      <c r="D28" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="B29" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C29" t="s">
-        <v>73</v>
-[...2 lines deleted...]
-        <v>39</v>
+        <v>74</v>
+      </c>
+      <c r="D29"/>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>64</v>
+      </c>
+      <c r="B30" t="s">
+        <v>75</v>
+      </c>
+      <c r="C30" t="s">
+        <v>76</v>
+      </c>
+      <c r="D30" t="s">
+        <v>42</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">