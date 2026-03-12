--- v0 (2025-10-17)
+++ v1 (2026-03-12)
@@ -12,71 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EUCGU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="79">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>PUCCPS</t>
+  </si>
+  <si>
+    <t>Austropuccinia psidii</t>
+  </si>
+  <si>
+    <t>* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+------- subsp. gunnii
+* Potts BM, Sandhu KS, Wardlaw T, Freeman J, Li Haifeng, Tilyard P, Park RF (2016) Evolutionary history shapes the susceptibility of an island tree flora to an exotic pathogen. Forest Ecology and Management. 368, 183-193
+------- subsp. gunnii</t>
+  </si>
+  <si>
+    <t>Austropuccinia psidii (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>* More than 110 Eucalyptus species are hosts, not excluded that some other Eucalyptus species also are (2026-03).</t>
   </si>
   <si>
     <t>BLSPOC</t>
   </si>
   <si>
     <t>Blastopsylla occidentalis (as Eucalyptus)</t>
   </si>
   <si>
     <t>CERAFI</t>
   </si>
   <si>
     <t>Ceratocystis fimbriata (as Eucalyptus)</t>
   </si>
   <si>
     <t>* Roux J, Wingfield MJ, Bouillet JP, Wingfield BD, Alfenas AC (2000) A serious new wilt disease of Eucalyptus caused by Ceratocystis fimbriata in Central Africa. Forest Pathology, 30(3), 175-184.</t>
   </si>
   <si>
     <t>STERPU</t>
   </si>
   <si>
     <t>Chondrostereum purpureum</t>
   </si>
   <si>
     <t>* Bishop GC (1978) Studies on silver leaf disease of stone and pome fruit trees (Doctoral dissertation, Adelaide, Australia), 155 pp. https://digital.library.adelaide.edu.au/dspace/bitstream/2440/20649/2/02whole.pdf
 * Moore WC (1959) British Parasitic Fungi. Cambridge University Press, 430 pp.</t>
@@ -609,474 +627,502 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D32"/>
+  <dimension ref="A1:D34"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2"/>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3" t="s">
         <v>8</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>9</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="C4" t="s">
         <v>10</v>
       </c>
       <c r="D4" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>4</v>
       </c>
       <c r="B5" t="s">
         <v>12</v>
       </c>
       <c r="C5" t="s">
         <v>13</v>
       </c>
-      <c r="D5" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>4</v>
       </c>
       <c r="B6" t="s">
+        <v>14</v>
+      </c>
+      <c r="C6" t="s">
         <v>15</v>
       </c>
-      <c r="C6" t="s">
+      <c r="D6" t="s">
         <v>16</v>
       </c>
-      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>4</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
-[...1 lines deleted...]
-      <c r="D8" t="s">
         <v>21</v>
       </c>
+      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>4</v>
       </c>
       <c r="B9" t="s">
         <v>22</v>
       </c>
       <c r="C9" t="s">
         <v>23</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>24</v>
       </c>
       <c r="C10" t="s">
         <v>25</v>
       </c>
-      <c r="D10"/>
+      <c r="D10" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>4</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>4</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D12"/>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>4</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>32</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>4</v>
       </c>
       <c r="B14" t="s">
         <v>33</v>
       </c>
       <c r="C14" t="s">
         <v>34</v>
       </c>
       <c r="D14"/>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>4</v>
       </c>
       <c r="B15" t="s">
         <v>35</v>
       </c>
       <c r="C15" t="s">
         <v>36</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>4</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>4</v>
       </c>
       <c r="B17" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C17" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>4</v>
       </c>
       <c r="B18" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C18" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D18" t="s">
         <v>43</v>
       </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>4</v>
       </c>
       <c r="B19" t="s">
         <v>44</v>
       </c>
       <c r="C19" t="s">
         <v>45</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
+        <v>46</v>
+      </c>
+      <c r="C20" t="s">
         <v>47</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>48</v>
-      </c>
-[...1 lines deleted...]
-        <v>49</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
+        <v>49</v>
+      </c>
+      <c r="C21" t="s">
         <v>50</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>51</v>
-      </c>
-[...1 lines deleted...]
-        <v>52</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
+        <v>52</v>
+      </c>
+      <c r="C22" t="s">
         <v>53</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>54</v>
-      </c>
-[...1 lines deleted...]
-        <v>55</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
+        <v>55</v>
+      </c>
+      <c r="C23" t="s">
         <v>56</v>
       </c>
-      <c r="C23" t="s">
+      <c r="D23" t="s">
         <v>57</v>
       </c>
-      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
         <v>58</v>
       </c>
       <c r="C24" t="s">
         <v>59</v>
       </c>
       <c r="D24" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
         <v>61</v>
       </c>
       <c r="C25" t="s">
         <v>62</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>63</v>
       </c>
       <c r="C26" t="s">
         <v>64</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>65</v>
+        <v>4</v>
       </c>
       <c r="B27" t="s">
         <v>66</v>
       </c>
       <c r="C27" t="s">
         <v>67</v>
       </c>
-      <c r="D27" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>65</v>
+        <v>4</v>
       </c>
       <c r="B28" t="s">
+        <v>68</v>
+      </c>
+      <c r="C28" t="s">
         <v>69</v>
-      </c>
-[...1 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B29" t="s">
         <v>71</v>
       </c>
       <c r="C29" t="s">
         <v>72</v>
       </c>
       <c r="D29" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B30" t="s">
         <v>74</v>
       </c>
       <c r="C30" t="s">
         <v>75</v>
       </c>
       <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B31" t="s">
-        <v>33</v>
+        <v>76</v>
       </c>
       <c r="C31" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>77</v>
+      </c>
+      <c r="D31" t="s">
+        <v>78</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>65</v>
+        <v>70</v>
       </c>
       <c r="B32" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="C32" t="s">
-        <v>78</v>
-[...2 lines deleted...]
-        <v>43</v>
+        <v>80</v>
+      </c>
+      <c r="D32"/>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>70</v>
+      </c>
+      <c r="B33" t="s">
+        <v>38</v>
+      </c>
+      <c r="C33" t="s">
+        <v>81</v>
+      </c>
+      <c r="D33"/>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>70</v>
+      </c>
+      <c r="B34" t="s">
+        <v>82</v>
+      </c>
+      <c r="C34" t="s">
+        <v>83</v>
+      </c>
+      <c r="D34" t="s">
+        <v>48</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">