--- v0 (2025-10-19)
+++ v1 (2026-03-07)
@@ -12,97 +12,105 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="EUCGL" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="137">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CHRBFE</t>
   </si>
   <si>
     <t>Chrysobothris femorata</t>
   </si>
   <si>
     <t xml:space="preserve">* Burke HE (1919) Biological Notes on the Flatheaded Apple Tree Borer (Chrysobothris Femorata Fab.) and the Pacific Flatheaded Apple Tree Borer (Chryso- Bothris Mali Horn). Journal of Economic Entomology, 12(4), 326–333.
 ------- uncertainty of the species of the femorata complex as the publication pre-dates Wellso &amp; Manley, 2007.
 * EPPO (2021) EPPO Technical Document No. 1083. Pest risk analysis for Chrysobothris femorata and C. mali. EPPO, Paris. Available at https://gd.eppo.int/taxon/CHRBFE/documents
 ------- uncertain host (record may relate to other species in the femorata complex as it pre-dates Wellso &amp; Manley, 2007)
 </t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AONDCI</t>
   </si>
   <si>
     <t>Aonidiella citrina (as Eucalyptus)</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Alfenas AC, Zauza EAV, Assis TF (2003) First record of Puccinia psidii on Eucalyptus globulus and E. viminalis in Brazil. Australasian Plant Pathology 32, 325–326.
-* Carnegie AJ, Lidbetter JR (2012) Rapidly expanding host range for Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13–29.</t>
+* Carnegie AJ, Lidbetter JR (2012) Rapidly expanding host range for Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13–29.
+* Giblin FR, Carnegie AJ (2014) Puccinia psidii (Myrtle Rust) - Australian host list. Version current at 24 Sept. 2014. http://www.anpc.asn.au/resources/Myrtle_Rust.html.
+* Potts BM, Sandhu KS, Wardlaw T, Freeman J, Li Haifeng, Tilyard P, Park RF (2016) Evolutionary history shapes the susceptibility of an island tree flora to an exotic pathogen. Forest Ecology and Management. 368, 183-193</t>
+  </si>
+  <si>
+    <t>Austropuccinia psidii (as Eucalyptus)</t>
+  </si>
+  <si>
+    <t>* More than 110 Eucalyptus species are hosts, not excluded that some other Eucalyptus species also are (2026-03).</t>
   </si>
   <si>
     <t>BLSPOC</t>
   </si>
   <si>
     <t>Blastopsylla occidentalis (as Eucalyptus)</t>
   </si>
   <si>
     <t>CERAFI</t>
   </si>
   <si>
     <t>Ceratocystis fimbriata (as Eucalyptus)</t>
   </si>
   <si>
     <t>* Roux J, Wingfield MJ, Bouillet JP, Wingfield BD, Alfenas AC (2000) A serious new wilt disease of Eucalyptus caused by Ceratocystis fimbriata in Central Africa. Forest Pathology, 30(3), 175-184.</t>
   </si>
   <si>
     <t>CHRBMA</t>
   </si>
   <si>
     <t>Chrysobothris mali</t>
   </si>
   <si>
     <t>* Burke HE (1919) Biological Notes on the Flatheaded Apple Tree Borer (Chrysobothris Femorata Fab.) and the Pacific Flatheaded Apple Tree Borer (Chryso- Bothris Mali Horn). Journal of Economic Entomology, 12(4), 326–333.
 ------- reared from this species
@@ -793,51 +801,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D56"/>
+  <dimension ref="A1:D57"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="64.841" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -866,726 +874,740 @@
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>8</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>8</v>
       </c>
       <c r="B5" t="s">
+        <v>11</v>
+      </c>
+      <c r="C5" t="s">
         <v>14</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>15</v>
       </c>
-      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
-      <c r="D6" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
+        <v>18</v>
+      </c>
+      <c r="C7" t="s">
         <v>19</v>
       </c>
-      <c r="C7" t="s">
+      <c r="D7" t="s">
         <v>20</v>
-      </c>
-[...1 lines deleted...]
-        <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C8" t="s">
         <v>22</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>23</v>
       </c>
-      <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>24</v>
       </c>
       <c r="C9" t="s">
         <v>25</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>26</v>
       </c>
       <c r="C10" t="s">
         <v>27</v>
       </c>
-      <c r="D10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>28</v>
+      </c>
+      <c r="C11" t="s">
         <v>29</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>30</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>8</v>
       </c>
       <c r="B12" t="s">
         <v>31</v>
       </c>
       <c r="C12" t="s">
         <v>32</v>
       </c>
       <c r="D12" t="s">
-        <v>33</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>8</v>
       </c>
       <c r="B13" t="s">
+        <v>33</v>
+      </c>
+      <c r="C13" t="s">
         <v>34</v>
       </c>
-      <c r="C13" t="s">
+      <c r="D13" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C14" t="s">
         <v>37</v>
       </c>
-      <c r="D14"/>
+      <c r="D14" t="s">
+        <v>38</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
         <v>39</v>
       </c>
       <c r="D15"/>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
         <v>40</v>
       </c>
       <c r="C16" t="s">
         <v>41</v>
       </c>
-      <c r="D16" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
+        <v>42</v>
+      </c>
+      <c r="C17" t="s">
         <v>43</v>
       </c>
-      <c r="C17" t="s">
+      <c r="D17" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
+        <v>45</v>
+      </c>
+      <c r="C18" t="s">
         <v>46</v>
       </c>
-      <c r="C18" t="s">
+      <c r="D18" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
+        <v>48</v>
+      </c>
+      <c r="C19" t="s">
         <v>49</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>50</v>
-      </c>
-[...1 lines deleted...]
-        <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
+        <v>51</v>
+      </c>
+      <c r="C20" t="s">
         <v>52</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>54</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
+        <v>54</v>
+      </c>
+      <c r="C21" t="s">
         <v>55</v>
       </c>
-      <c r="C21" t="s">
+      <c r="D21" t="s">
         <v>56</v>
-      </c>
-[...1 lines deleted...]
-        <v>57</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
+        <v>57</v>
+      </c>
+      <c r="C22" t="s">
         <v>58</v>
       </c>
-      <c r="C22" t="s">
+      <c r="D22" t="s">
         <v>59</v>
       </c>
-      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>60</v>
       </c>
       <c r="C23" t="s">
         <v>61</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
         <v>62</v>
       </c>
       <c r="C24" t="s">
         <v>63</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
         <v>64</v>
       </c>
       <c r="C25" t="s">
         <v>65</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
         <v>66</v>
       </c>
       <c r="C26" t="s">
         <v>67</v>
       </c>
-      <c r="D26" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
+        <v>68</v>
+      </c>
+      <c r="C27" t="s">
         <v>69</v>
       </c>
-      <c r="C27" t="s">
+      <c r="D27" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
+        <v>71</v>
+      </c>
+      <c r="C28" t="s">
         <v>72</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
+        <v>74</v>
+      </c>
+      <c r="C29" t="s">
         <v>75</v>
       </c>
-      <c r="C29" t="s">
+      <c r="D29" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
+        <v>77</v>
+      </c>
+      <c r="C30" t="s">
         <v>78</v>
       </c>
-      <c r="C30" t="s">
+      <c r="D30" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
+        <v>80</v>
+      </c>
+      <c r="C31" t="s">
         <v>81</v>
       </c>
-      <c r="C31" t="s">
+      <c r="D31" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
+        <v>83</v>
+      </c>
+      <c r="C32" t="s">
         <v>84</v>
       </c>
-      <c r="C32" t="s">
+      <c r="D32" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
+        <v>86</v>
+      </c>
+      <c r="C33" t="s">
         <v>87</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>88</v>
       </c>
-      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>89</v>
       </c>
       <c r="C34" t="s">
         <v>90</v>
       </c>
-      <c r="D34" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
+        <v>91</v>
+      </c>
+      <c r="C35" t="s">
         <v>92</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>93</v>
       </c>
-      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
         <v>94</v>
       </c>
       <c r="C36" t="s">
         <v>95</v>
       </c>
-      <c r="D36" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
+        <v>96</v>
+      </c>
+      <c r="C37" t="s">
         <v>97</v>
       </c>
-      <c r="C37" t="s">
+      <c r="D37" t="s">
         <v>98</v>
       </c>
-      <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
         <v>99</v>
       </c>
       <c r="C38" t="s">
         <v>100</v>
       </c>
-      <c r="D38" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D38"/>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
+        <v>8</v>
+      </c>
+      <c r="B39" t="s">
+        <v>101</v>
+      </c>
+      <c r="C39" t="s">
         <v>102</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
         <v>103</v>
       </c>
-      <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B40" t="s">
-        <v>104</v>
+        <v>16</v>
       </c>
       <c r="C40" t="s">
         <v>105</v>
       </c>
-      <c r="D40" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B41" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="C41" t="s">
         <v>107</v>
       </c>
       <c r="D41" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B42" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C42" t="s">
         <v>109</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>108</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B43" t="s">
-        <v>24</v>
+        <v>110</v>
       </c>
       <c r="C43" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B44" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="C44" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="D44"/>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B45" t="s">
-        <v>112</v>
+        <v>40</v>
       </c>
       <c r="C45" t="s">
         <v>113</v>
       </c>
-      <c r="D45" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B46" t="s">
+        <v>114</v>
+      </c>
+      <c r="C46" t="s">
         <v>115</v>
       </c>
-      <c r="C46" t="s">
+      <c r="D46" t="s">
         <v>116</v>
-      </c>
-[...1 lines deleted...]
-        <v>117</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B47" t="s">
+        <v>117</v>
+      </c>
+      <c r="C47" t="s">
         <v>118</v>
       </c>
-      <c r="C47" t="s">
+      <c r="D47" t="s">
         <v>119</v>
       </c>
-      <c r="D47"/>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B48" t="s">
         <v>120</v>
       </c>
       <c r="C48" t="s">
         <v>121</v>
       </c>
       <c r="D48"/>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B49" t="s">
         <v>122</v>
       </c>
       <c r="C49" t="s">
         <v>123</v>
       </c>
-      <c r="D49" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B50" t="s">
+        <v>124</v>
+      </c>
+      <c r="C50" t="s">
         <v>125</v>
       </c>
-      <c r="C50" t="s">
+      <c r="D50" t="s">
         <v>126</v>
       </c>
-      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B51" t="s">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="C51" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B52" t="s">
-        <v>58</v>
+        <v>127</v>
       </c>
       <c r="C52" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B53" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C53" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D53"/>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B54" t="s">
-        <v>130</v>
+        <v>66</v>
       </c>
       <c r="C54" t="s">
         <v>131</v>
       </c>
-      <c r="D54" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D54"/>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B55" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="C55" t="s">
         <v>133</v>
       </c>
       <c r="D55" t="s">
-        <v>71</v>
+        <v>134</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B56" t="s">
-        <v>97</v>
+        <v>132</v>
       </c>
       <c r="C56" t="s">
-        <v>134</v>
-[...1 lines deleted...]
-      <c r="D56"/>
+        <v>135</v>
+      </c>
+      <c r="D56" t="s">
+        <v>73</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>104</v>
+      </c>
+      <c r="B57" t="s">
+        <v>99</v>
+      </c>
+      <c r="C57" t="s">
+        <v>136</v>
+      </c>
+      <c r="D57"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>